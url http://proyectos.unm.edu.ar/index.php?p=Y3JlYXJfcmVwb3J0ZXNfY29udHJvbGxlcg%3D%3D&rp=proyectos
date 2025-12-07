--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Proyectos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2461">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2485">
   <si>
     <t>Código - Título</t>
   </si>
   <si>
     <t>Nombre Proyecto</t>
   </si>
   <si>
     <t>Resumen</t>
   </si>
   <si>
     <t>Unidad</t>
   </si>
   <si>
     <t>Línea Prioritaria</t>
   </si>
   <si>
     <t>Sublínea Prioritaria</t>
   </si>
   <si>
     <t>Fuente de Financiamiento</t>
   </si>
   <si>
     <t>Fecha de Inicio</t>
   </si>
   <si>
@@ -6029,51 +6029,51 @@
   <si>
     <t>Riesgos psicosociales, innovación tecnológica, salud ocupacional, proceso de trabajo.</t>
   </si>
   <si>
     <t>PVT-CAYT-01-2023</t>
   </si>
   <si>
     <t>Desarrollo de una vacuna marcadora inactivada para la prevención de la enfermedad de Aujeszky en porcinos</t>
   </si>
   <si>
     <t xml:space="preserve">El virus de pseudorabia (PRV), es un virus ADN doble cadena perteneciente a la familia Herpesviridae, subfamilia Alfaherpesvirinae, género Varicellovirus. Es un virus neurotrópico que puede establecer infecciones latentes en células del tejido nervioso, pero ocasiona encefalitis en animales jóvenes y en varios otros huéspedes.
 Algunas de las vacunas utilizadas a nivel global se basan en la cepa Bartha-K61, la cual es deficiente en las regiones que codifican para la glicoproteína E (gE), US9 y parcialmente glicoproteína I y US2, presentando adicionalmente mutaciones en las secuencias codificantes para gC, gM y UL21. Particularmente, la deleción de gE en las vacunas basadas en esta cepa viral, permitió el uso de sistemas de serología que diferencien animales infectados de los vacunados al carecer los animales vacunados de respuesta de anticuerpos contra dicha glicoproteína.
 En la estrategia planteada en el presente proyecto, se realizará la modificación racional del genoma viral de la cepa Shope de PRV, que presenta la ventaja de tener la información del genoma completo en esa región pudiendo realizar la edición del genoma para eliminar de manera completa la región de gE, en combinación con la deleción de la región codificante para gI, o el gen de la Timidina quinasa viral (TK), pudiendo tener más posibilidades de generar una cepa para el desarrollo de vacunas marcadoras.
 Una vez realizados los bancos celulares de las células MDBK y PK-15, se utilizarán como sustrato para la generación del virus modificado genéticamente en diferentes puntos del genoma, como se mencionó anteriormente.
 Para realizar estas modificaciones se emplearán dos estrategias principalmente, a) por medio del uso del sistema de edición genómica CRISPR/Cas9 (del inglés Clustered regulatory interspaced short palindromic repeats/CRISPR-associated protein 9), y b) por medio de recombinación homóloga tradicional. Para la primera estrategia, se han diseñado los plásmidos de transferencia y las moléculas que generarán los ARNs que servirán de guías para realizar la edición génica y permitirán obtener los virus modificados.
 En ambas estrategias se plantea el uso de genes reporteros para facilitar la búsqueda de los clones recombinantes, tales como la proteína verde fluorescente (eGFP) o la enzima luciferasa. Con las mencionadas estrategias, se espera arribar en el tiempo estipulado de proyecto a la obtención del virus recombinante adecuado y poder caracterizarlo molecularmente para la generación del banco viral.
 </t>
   </si>
   <si>
     <t>22/02/2023</t>
   </si>
   <si>
     <t>21/02/2024</t>
   </si>
   <si>
-    <t>Bucci, Paula Lorena (DCAYT) - Carballeda, Alfredo Juan Manuel (DCAYT) - Garanzini, Débora Patricia (DCAYT) - Peralta, Andrea Verónica (DCAYT) - Raibenberg, Fernando Claudio (DCAYT) - Rizzi, Lucía. Auxiliar graduada (DCAYT)</t>
+    <t>Bucci, Paula Lorena (DCAYT) - Carballeda, Alfredo Juan Manuel (DHYCS) - Garanzini, Débora Patricia (DCAYT) - Peralta, Andrea Verónica (DCAYT) - Raibenberg, Fernando Claudio (DCAYT) - Rizzi, Lucía. Auxiliar graduada (DCAYT)</t>
   </si>
   <si>
     <t xml:space="preserve">RESO-2022-647-GDEBA-MPCEITGP                                                                                                                                                                                                                                   </t>
   </si>
   <si>
     <t>PVT-CAYT-01-2023 / Programa “ImpaCT.AR CIENCIA Y TECNOLOGÍA”</t>
   </si>
   <si>
     <t>Diseñar un sistema de de Optimización de la Recolección de Residuos Sólidos Urbanos para municipios con áreas urbanas y perirubanas. Caso de Estudio: Partido de General Rodriguez</t>
   </si>
   <si>
     <t xml:space="preserve">Fortalecer la gestión Integral de los RSU a través del diseño de un sistema  de recolección que permita optimizar los tiempos, los recorridos, las frecuencias y los costos de operación en función de las características y particularidades de territorios conformados  tanto por áreas urbanas como periurbanas.
 Objetivos especificos:
 1.	Caracterizar el territorio del partido 
 2.	Analizar y evaluar el sistema actual de recolección de RSU en áreas urbana y periurbanas
 3.	Diagnosticar los desajustes operativos, financieros, legales y sociales de la  prestación actual
 4.	Elaborar  y seleccionar alternativas de escenarios a modelar.  
 5.	Identificar las herramientas que permitan la formulación del sistema  de redes
 6.	Evaluar el sistema seleccionado   
 7.	Diseñar una plataforma digital
 8.	Transferir capacidades al municipio que permitan el uso de dicho  sistema y de la plataforma  
 </t>
   </si>
   <si>
     <t>27/04/2023</t>
@@ -6704,51 +6704,51 @@
   <si>
     <t xml:space="preserve">IF-2023-29706882-APN-DNDRP#MDP Acta N° 5                                                                                                                                                                                                                       </t>
   </si>
   <si>
     <t>Educación Superior y opinión pública: Representaciones sociales y expectativas sobre la Universidad Nacional de Moreno</t>
   </si>
   <si>
     <t>El presente proyecto tiene como finalidad sistematizar las opiniones de la comunidad de Moreno
 sobre la Universidad Pública Argentina y, en particular, sobre la Universidad Nacional de Moreno
 en tanto institución pública. Para eso, se llevará a cabo una serie de sondeos de opinión en
 espacios públicos respecto de las percepciones y expectativas de la universidad: el derecho a la
 educación superior, su contribución a la movilidad social ascendente y su capacidad de vinculación
 y transferencia de conocimientos con el territorio en el que se inserta.
 Al respecto, el objetivo es conocer la relación de las percepciones de los ciudadanos de Moreno
 con los discursos sociales sobre la ampliación del sistema público de Educación Superior en
 Argentina, las perspectivas de progreso y desarrollo que legitiman la inversión pública en
 educación, así como su apropiación social.
 Desde una perspectiva situada en el territorio, el estudio incluye el abordaje del sentido de lo
 público, entendido no solo como espacio gratuito, sino también en cuanto ámbito institucional que
 encarnan lo colectivo y lo común.
 Esta investigación pretende aportar conocimientos sobre el grado de conocimiento y apropiación
 social de la oferta académica universitaria, la formación permanente, la extensión y la investigación
 producida en la UNM.</t>
   </si>
   <si>
-    <t>Ferrero , Sofía Belén (DHYCS) - Paredes, Diego Alejandro (DHYCS) - Valdez, Camila. Auxiliar estudiante (DHYCS) - Vitar, Ana. No docente investigadora (SdI)</t>
+    <t>Ferrero , Sofía Belén (DHYCS) - Paredes, Diego Alejandro (DHYCS) - Rodriguez, Rocio. Auxiliar estudiante (DHYCS) - Valdez, Camila. Auxiliar estudiante (DHYCS) - Villar, Gustavo. Auxiliar estudiante (DHYCS) - Vitar, Ana. No docente investigadora (SdI)</t>
   </si>
   <si>
     <t xml:space="preserve">UNM-DHYCS 09/23                                                                                                                                                                                                                                                </t>
   </si>
   <si>
     <t>Lógicas del acontecimiento e intervención social</t>
   </si>
   <si>
     <t>Nos proponemos extraer las características de una lógica de lo imprevisible que siempre puede irrumpir y desarreglar las composiciones del orden establecido, una lógica de la historicidad propia de los acontecimientos, algo que la explicación causal no puede construir ni explicar. Para evaluar su incidencia en conceptos e intervenciones del Trabajo Social.
 Acudimos al concepto de ―acontecimiento‖ que se gesta en la filosofía contemporánea desde la primera mitad del S. XX, desde diferentes teorías entre las cuales destacan las de M. Heidegger, H. Arendt, M. Foucault, G. Deleuze, J-L. Nancy, A. Badiou, etc. Y que en el presente da lugar a la elaboración de una teoría política llamada ―posfundacional‖, en relación a la cual se encuentran por ejemplo los trabajos de E. Laclau y O. Marchardt, entre otros. La perspectiva abierta por este concepto procura pensar la existencia en su acontecer, en cuanto no puede ser capturada a partir de estructuras establecidas con anterioridad e independientemente de su donación, es decir, que se propone abrir comprensivamente una dimensión del ser no deducible de premisas dadas, que pueda dar lugar a la expresión de lo inesperado, oponiéndose a la idea de que el saber debe operar siempre en el sentido de la predicción y la determinación del futuro. La contingencia imprevisible del acontecer pasa por nosotros, aun cuando no sabemos qué es, aun antes de que el discurso alcance alguna articulación a su respecto y, de una manera tal que no es la de una determinación, pero que resulta en una donación del sentido a los discursos cuando lo tienen. Una de sus características primordiales es que su inteligibilidad está ligada a una dimensión afectiva o anímica. Que en el acontecer así pensado, pueda, sin embargo, encontrarse una lógica, se desprende de que el pensar es inseparable de los signos (lingüísticos, imaginarios, gestuales, artísticos) sin los cuales carecería de asunto y cuestión, y son los signos los que se organizan lógicamente. Hay un exceso del acontecer respecto de sus signos, una diferencia irreductible entre el acontecer y las palabras que buscan dar cuenta de él o lo expresan. Y es en esta diferencia donde radica la importancia del desarrollo de una lógica abierta y diferente de la establecida, puesto que la tradicional funciona por la identificación unilateral de las variables con las que opera, y el acontecer desaparece cuando se lo identifica como algo concretamente sucedido. Como representante de la lógica tradicional ―Frege (…) señala que la ambigüedad es un defecto característico de los lenguajes naturales: [y que] en un lenguaje lógicamente perfecto, a cada término ha de corresponderle un único sentido –y un único referente.‖ (Orlando, 49). Y el problema reside en que un lenguaje así construido es incapaz de tomar en cuenta el acontecer. La ambigüedad es inescindible de los acontecimientos. Estos no constituyen una clase, que pudiera ser representada por un conjunto, ni el elemento de algún conjunto bien determinado, sino algo que da que pensar; es decir que contiene lo impensado y lo indeterminado.
 Paralelamente al surgimiento, crecimiento y problematización del concepto de acontecimiento, la determinación deductiva de lo real es seriamente objetada en el seno de la epistemología. A las teorías mencionadas hay que sumar los aportes que significaron la teoría de los juegos y el descubrimiento del carácter performativo del lenguaje, los cuales junto a los desarrollos de la lingüística han tenido enorme influencia en las humanidades y, particularmente en la antropología, la teoría social y la psicología.
 Nuestra investigación se basa en la hipótesis de la posibilidad de implementar una lógica diferencial entendida como mediación, cuyo registro hace surgir entidades que no existen antes de su operatividad, sin suponer unos principios ni premisas generales ni hipótesis universales para comenzar su aplicación.Se tratará de aclarar cuáles son las condiciones que posibilitan la implementación de esta lógica diferencial y cuáles formas simbólicas pueden atribuírsele. También anticipamos que todo significar y hacer referencia a los acontecimientos, pone en juego un momento paradójico, que responde a la finalidad de permitir el despliegue de la ambigüedad del acontecer sin dejarlo caer en el sinsentido.
 Esperamos encontrar esquemas de pautas lógicas a las que atenernos en la comprensión del acontecer histórico y existencial que faciliten la progresión del abordaje de problemas sociales.</t>
   </si>
   <si>
     <t>Fernandez Lisso, Carina (DHYCS)</t>
   </si>
   <si>
     <t>Ahumada , Matias Pablo (DHYCS) - Canavessi, Juan Jose (DHYCS) - Ramos, German (DHYCS) - Escobar, Martin. Auxiliar estudiante (DHYCS) - Gregorat, Eliana. Auxiliar estudiante (DHYCS) - Jimenez, Sabina. Auxiliar estudiante (DHYCS) - Valiente, Romina. Auxiliar estudiante (DHYCS) - Barriga, Fabiola. Auxiliar graduada (DHYCS) - Gomez, Miguel Angel. Auxiliar graduado (DHYCS)</t>
   </si>
   <si>
     <t>Acontecimientos; Tiempo; Lógicas; Paradojas; Sentido; Subjetividades; Afectos; Conexiones contingentes; Agencias; Anonimia; Intervención social.</t>
   </si>
   <si>
     <t xml:space="preserve">UNM-DHYCS 12/23                                                                                                                                                                                                                                                </t>
@@ -7071,51 +7071,51 @@
   </si>
   <si>
     <t>Un tema frecuente de debate, en el marco de la internacionalización de la Educación
 Superior, ocurre sobre la caracterización de la Educación Superior como servicio -y, por
 ende, un bien transable- o como un derecho. Aunque la mayoría de los países, de acuerdo a las convenciones internacionales y declaraciones en el ámbito de la ONU, sostienen a la
 educación como un bien público, las actividades crecientes bajo las modalidades de
 educación transnacional o transfronteriza implican o consideran un incremento importante
 en el comercio de los servicios educativos y, al mismo tiempo, una fuerte corriente orientada a la liberalización de dichos servicios en todo el mundo. La creación de la OMC, a mediados de los 90, a partir del GATT (Acuerdo General sobre Tarifas y Precios) fue el acelerador, en un contexto de creciente globalización, de los procesos de liberalización mencionados. No obstante, esas fuertes corrientes no parecen guiar las conductas de los países al momento de liberar, en el seno de la OMC, los servicios educativos, menos aún en la educación superior. Los servicios educativos aparecen como el sector -después del de salud- donde menos compromisos asumieron los países. (Verger Planells, 2006) En forma resumida, el proceso de negociación entre países en la OMC es bilateral y en dos fases: una de oferta y otra de demanda, y concluye con una lista de compromisos. Ahora bien, esos compromisos, que definen cierta apertura comercial, presentan límites explícitos sobre dos aspectos muy concretos: el llamado Trato Nacional y el de Acceso a Mercados, además de los modos de comercio de dichos servicios (suministro transfronterizo; consumo en el extranjero; presencia comercial y presencia de personas físicas), de acuerdo a la OMC, 2001. En este sentido, más allá de los acuerdos simbólicos de apertura comercial, los resultados de las negociaciones, que verifican el grado de compromiso de dicha apertura, al menos en el sector de la educación, son los que realmente cuentan. Es claro que el número de
 limitaciones que los países presentan en la lista de compromisos determina la apertura
 comercial resultante. A raíz de este desarrollo nos interesa conocer cuál es el estado actual
 de las negociaciones por el sector educativo en el mundo y particularmente en nuestro
 continente, basándonos principalmente en el indicador EduGATS, propuesto por Verger
 Planells, para calcular el grado de compromiso mantenido por nuestro país desde el año
 2010 a la fecha.; cuál es la posición actual del MERCOSUR al respecto. Esto nos permitirá
 identificar los factores gravitantes en la liberalización educativa, describir los aspectos
 contextuales en las diferentes etapas de las negociaciones en la OMC y caracterizar la
 política nacional y regional respecto de la liberalización de los servicios educativos por parte de nuestro país a lo largo de las dos primeras décadas del siglo XXI.</t>
   </si>
   <si>
     <t>Monzon, Marcelo Alejandro</t>
   </si>
   <si>
     <t>Damato, Marisa (DCEYJ) - Melo Tejada, Sara (DCEYJ) - Aguirre Pluschy, Daniela Natalia. Auxiliar estudiante (DCAYT)</t>
   </si>
   <si>
-    <t xml:space="preserve">UNM-DCEYJ 15/23                                                                                                                                                                                                                                                </t>
+    <t>UNM-DCEYJ 15/23 - Prórroga: UNM-DCEYJ 33/25</t>
   </si>
   <si>
     <t>PVT-CAYT-02-2022</t>
   </si>
   <si>
     <t>Riesgos psicosociales en el trabajo y medidas de prevención en Nucleoeléctrica Argentina S.A.</t>
   </si>
   <si>
     <t>Diseño e implementación de políticas para el mundo del trabajo</t>
   </si>
   <si>
     <t>Ferreyra, Ana Belen (DCEYJ) - Henry, Maria Laura (DCEYJ) - Ortiz, Karen (DCEYJ) - Yepes, Lara Estefania (DCEYJ)</t>
   </si>
   <si>
     <t xml:space="preserve">Protocolo Específico N° 2 con Nucleoeléctrica Argentina S.A.                                                                                                                                                                                                   </t>
   </si>
   <si>
     <t>PVT-R-05-2023</t>
   </si>
   <si>
     <t>Desarrollo de mejoras en el sistema de preinscripción y asignación de materias para estudiantes de grado de la Universidad Nacional de Moreno</t>
   </si>
   <si>
     <t xml:space="preserve">Este proyecto busca introducir mejoras en el sistema actual de preinscripción y asignación de materias para estudiantes  de grado a través de la generación de un sistema automático de procesamiento y asignación de materias a partir de las opciones elegidas por los estudiantes que permita automatizar procesos así como incorporar variables sobre las trayectorias reales de los estudiantes que optimicen las asignaciones y eviten el retraso en el cursado.
 Este sistema, en una primera etapa, tendrá como objetivo reemplazar la operatoria actual que incluye un sistema de herramientas computacionales operadas por personal jerárquico de la universidad. En etapas posteriores, se espera poder incorporar nuevos criterios que optimicen las asignaciones de los cursos a los estudiantes, tomando en cuenta información que actualmente no se está utilizando y generando conocimiento de todo el proceso teniendo en consideración las trayectorias académicas de los estudiantes de manera de aprovechar al máximo los recursos de la universidad.  </t>
@@ -7357,51 +7357,51 @@
   </si>
   <si>
     <t>PICYDT-CAYT-05-2024 / PICYDT UNM X AÑO 2023</t>
   </si>
   <si>
     <t>Efectos sobre el crecimiento y estado oxidativo de hidrocarburos poliaromáticos en la microalga de agua dulce Chlorella vulgaris y su posible uso en estrategias de ficorremediación.</t>
   </si>
   <si>
     <t>Los HPA son compuestos orgánicos recalcitrantes que, por su estructura química, presentan alta tolerancia a
 la degradación. Su origen está asociado a la contaminación industrial por hidrocarburos y sus derivados. Para
 remediar sitios contaminados con estos compuestos pueden emplearse estrategias de biorremediación
 ecológicamente amigables, que se basan en la capacidad de organismos autóctonos o introducidos de
 degradar estos compuestos. La ficorremediación es una estrategia de biorremediación que utiliza cultivos de
 microalgas para eliminar el exceso de nutrientes o compuestos orgánicos persistentes en aguas superficiales.
 Este proyecto se propone ensayar una técnica de ficorremediación de HPAs empleando Chlorella vulgaris
 como organismo modelo. El estudio abordará la caracterización del balance oxidativo en la microalga
 expuesta a estos contaminantes con el fin de conocer el mecanismo involucrado en la degradación de los
 HPAs y estudiar los factores ambientales más importantes que puedan afectar al proceso de biorremediación,
 con el objetivo final de optimizar las variables que permitan maximizar la eficiencia de ficorremediación de
 estos contaminantes.</t>
   </si>
   <si>
     <t>Ostera, Juan Manuel  (DCAYT)</t>
   </si>
   <si>
-    <t>Barragan, Ayelen (DCAYT) - Lombardo, Lucia (DCAYT) - Marconi, Patricia Laura. Externa (Externo: Org. EXT)</t>
+    <t>Barragan, Ayelen (DCAYT) - Lombardo, Lucia (DCAYT) - Baier, David Emanuel. Auxiliar estudiante (DCAYT) - Tummino, Federico. Auxiliar estudiante (DCAYT) - Marconi, Patricia Laura. Externa (Externo: Org. EXT)</t>
   </si>
   <si>
     <t>Chlorella vulgaris, hidrocarburos poliaromáticos, ficorremediación, balance oxidativo, antioxidantes</t>
   </si>
   <si>
     <t xml:space="preserve"> UNM-Sdi 41/24                                                                                                                                                                                                                                                 </t>
   </si>
   <si>
     <t>PICYDT-HYCS-01-2024 / PICYDT UNM X AÑO 2023</t>
   </si>
   <si>
     <t>Juventudes de Moreno: Subjetividades y subjetivaciones, lógicas y discursos</t>
   </si>
   <si>
     <t>En los casi quince años que transcurrieron desde la creación de la Universidad Nacional de Moreno (UNM),
 han acontecido diversos sucesos y transformaciones políticas que impactaron en los procesos de
 subjetivación de las juventudes. Actualmente se asiste a un momento dominado por diversas expectativas de
 transformación y por el reconocimiento de los jóvenes como agentes políticos relevantes, cuyo principal
 ámbito de acción son las redes sociales. El presente trabajo se pregunta por las características de estos
 procesos de subjetivación y por la forma en que son afectados por el actual contexto sociopolítico y
 económico, a sabiendas que estos procesos no están exentos de apropiaciones críticas. Así, el proyecto se
 propone como objetivo general analizar la constitución de la subjetividad y de los procesos de subjetivación
 de jóvenes de Moreno, con foco en el análisis de los actuales discursos, representaciones y prácticas
 políticas, culturales y sociales. Si bien existen antecedentes sobre la temática, los estudios sobre juventudes
 realizados en Moreno tienen un peso menor, que contrasta con la fructífera producción sobre movimientos y
@@ -7750,51 +7750,51 @@
   <si>
     <t>PICYDT-CAYT-06-2024 / PICYDT UNM X AÑO 2023</t>
   </si>
   <si>
     <t>La vivienda social construida en el Municipio de Malvinas Argentinas. Lecturas y aportes desde la historia de la arquitectura y el urbanismo</t>
   </si>
   <si>
     <t>La presente investigación busca dar inicio al estudio de un campo no trabajado hasta el momento desde el
 ámbito académico: la historia de la vivienda social edificada en el Municipio de Malvinas Argentinas. Allí
 ya hemos encontrado un repertorio de obras construidas durante la segunda mitad del siglo XX que
 entrelazan el rol del Estado con el de los sindicatos. También otras obras resultantes de las políticas
 implementadas desde comienzos del siglo XXI por distintos gobiernos nacionales, provinciales y
 municipales. Consideramos que la compleja y diversa vivienda estatal producida en Malvinas Argentina es
 una pieza clave dentro de la amplia historia habitacional del AMBA y, por lo tanto, su estudio resulta de
 suma importancia. En investigaciones anteriores hemos analizado la vivienda popular, desde una perspectiva
 histórica, del Partido de Moreno. Al tanto de que no existían otras investigaciones que aborden estas
 cuestiones, hemos buscado cubrir esa área de vacancia a través del análisis de conjuntos habitacionales
 construidos por el Estado y organizaciones sociales en los siglos XX y XXI. Este Plan de Trabajo busca
 sumar nuevos casos que consideramos también fundamentales, como lo son los municipios vecinos a nuestra
 casa de estudios. El campo de la historia habitacional, y en especial la vivienda popular, es central para la
 carrera de arquitectura. Tanto en relación a su currícula de grado, como de posgrado, investigación y en el
 rol de la Universidad como asesora frente al Estado. Nuestro acercamiento a la vivienda parte de los
 testimonios de sus habitantes, de los diseños de las obras, su relación con las políticas públicas, organizaciones e instituciones que intervinieron en ellas. Buscaremos que nuestro trabajo aporte al conocimiento que hoy se tiene acerca de la vivienda producida por el Estado en Malvinas Argentinas. Esto, a su vez, con la finalidad de perseguir mejores respuestas a la problemática habitacional presente en la provincia.</t>
   </si>
   <si>
-    <t>Aguin, Luciano Jose (DCAYT) - Angerami, María Clara (DCAYT) - Avila, Magali Ayelen Lujan (DCAYT) - Corradini, Claudia Giovanna (DCAYT) - Garcia Colinas, Mariano  (DCAYT) - Indart, Rafael (DCAYT) - Jaime, Daniela (DCAYT) - Avalos, Micaela . Auxiliar estudiante (DCAYT) - Stratta, Martina. Auxiliar estudiante (DCAYT)</t>
+    <t>Aguin, Luciano Jose (DCAYT) - Angerami, María Clara (DCAYT) - Avila, Magali Ayelen Lujan (DCAYT) - Corradini, Claudia Giovanna (DCAYT) - Garcia Colinas, Mariano  (DCAYT) - Indart, Rafael (DCAYT) - Jaime, Daniela (DCAYT) - Avalos, Micaela . Auxiliar estudiante (DCAYT) - Montania, Mariano Andrés. Auxiliar estudiante (DHYCS) - Stratta, Martina. Auxiliar estudiante (DCAYT)</t>
   </si>
   <si>
     <t>vivienda social; Malvinas Argentinas; políticas públicas; historia de la vivienda</t>
   </si>
   <si>
     <t>PICYDT-CAYT-07-2024 / PICYDT UNM X AÑO 2023</t>
   </si>
   <si>
     <t>Métodos de descomposición temporal y machine learning en la segmentación de imágenes satelitales para monitoreo ambiental</t>
   </si>
   <si>
     <t>La teledetección se ha convertido en una herramienta de vital importancia en el monitoreo ambiental, ya que proporciona información esencial para la gestión adecuada de los recursos naturales. En particular, los radares de apertura sintética son capaces de generar imágenes tanto de día como de noche, independientemente de las condiciones climáticas. Su señal puede penetrar la atmósfera en condiciones meteorológicas adversas superando las limitaciones de los sensores ópticos de teledetección que necesitan de la iluminación solar y de días despejados. Sin embargo, tienen la desventaja de ser ruidosas debido a la presencia de speckle, que es inherente al proceso de captura de la imagen y dificulta su interpretación. Por su parte, los sensores ópticos adquieren información en múltiples bandas espectrales tanto del espectro visible, como de distintas regiones del infrarrojo, lo que permite obtener información de la superficie terrestre no visible al ojo humano. En los últimos años la disponibilidad de imágenes ha crecido significativamente, generando un volumen de datos cuyo análisis requiere de estrategias eficientes y de bajo costo computacional. Los algoritmos de clasificación y segmentacion de imagenes buscan dividir a la imagen en un cierto numero de clases con caracter?sticas similares y agruparlas para un posterior analisis. Este proyecto propone desarrollar e implementar algoritmos de segmentación eficientes, adecuados a imágenes satelitales ópticas y de radar, a partir de la resolución de problemas de reacción-difusión, en combinación con clasificación basada en objetos y técnicas de aprendizaje automático y contrastar sus resultados con observaciones realizadas en campo. Para las observaciones de campo se ha elegido como área de trabajo el Lago San Francisco formado por la Represa Roggero, donde se harán observaciones para estudiar sus zonas de ribera e identificar distintos tipos de vegetación.</t>
   </si>
   <si>
     <t>Alvarez, Marcela Alejandra (DCAYT) - Casal, Pablo Martin (DCEYJ) - Cassetti, Julia Analia (DCEYJ) - Delgadino, Daiana Natalia (DCAYT) - Dell Arciprete, Leonardo (DCAYT) - Fevre, Mario Ignacio (DCAYT) - Garcia, Victoria Julieta (DCAYT) - Malegiare, Daniela Analia (DCEYJ) - Pingaro, Gonzalo (DCAYT) - Padulles, Maria Luz. Auxiliar graduada (DCAYT) - Torrusio, Sandra. Externa (Externo: Org. EXT)</t>
   </si>
   <si>
     <t>APRENDIZAJE AUTOMÁTICO; SEGMENTACIÓN DE IMÁGENES; MONITOREO AMBIENTAL; MÉTODOS DE DESCOMPOSICIÓN TEMPORAL; IMÁGENES SATELITALES</t>
   </si>
   <si>
     <t>PICYDT-CAYT-08-2024 / PICYDT UNM X AÑO 2023</t>
   </si>
   <si>
     <t>Huella de Carbono en la Universidad Nacional de Moreno. Cálculo y propuesta para disminuir su impacto</t>
   </si>
@@ -8195,51 +8195,51 @@
   <si>
     <t>El cuidado en la retórica populista bonaerense. Análisis de la dimensión discursiva de las políticas públicas de la Provincia de Buenos Aires (2019-2025)</t>
   </si>
   <si>
     <t>El cuidado llegó a la agenda gubernamental a partir de las demandas de los movimientos feministas en
 Argentina, con una gran masividad por las marchas #NiUnaMenos y #8M, desde 2017. Con la crisis
 sanitaria del Covid-19, el cuidado adquirió una centralidad política en la acción de los Estados nacionales y
 provinciales. En el caso de la Provincia de Buenos Aires, este contexto coincide con un gobierno
 identificado con el peronismo, que incorporó la institucionalización del cuidado. Como parte de una línea de
 investigación que observa las articulaciones del populismo con el feminismo, se propone analizar la
 dimensión discursiva del cuidado en las políticas públicas del gobierno bonaerense (2019-2025). Dado que
 el cuidado -o care en inglés- es un concepto complejo, polisémico y relacional, se busca analizar la
 construcción de sentido en las políticas provinciales. En una continuidad con estudios anteriores, se concibe
 a las políticas públicas como discursos estructurados que encarnan una relación de significación social. En
 esa línea, son interrogantes clave: ¿Cuál es el sentido del cuidado en el populismo bonaerense? ¿Cómo se
 articula el cuidado en la retórica populista? Al respecto, se hipotetiza que el sentido del populismo
 bonaerense ante el cuidado sería el de la democratización de los cuidados donde el Estado tiene un rol
 central en la distribución de las condiciones materiales y de reconocimiento, motorizado por el valor moral
 del cuidado colectivo ("caring with": confianza y solidaridad), en un antagonismo con el neoliberalismo. A
 partir del análisis de documentos oficiales -normativas, programas, etc.- discursos públicos y entrevistas en
 profundidad a funcionarios/as a cargo de las políticas en estudio, se pretende aportar al campo de estudios
 del populismo en diálogo con el feminismo desde una perspectiva comunicacional que indaga en los
 sentidos como parte central de la movilización de las demandas populares hacia su institucionalización</t>
   </si>
   <si>
-    <t>Rabinovich, Leonardo (DHYCS) - Brizuela, Leticia . Auxiliar estudiante (DHYCS) - Espinola Grance, Camila. Auxiliar estudiante (DHYCS) - GEREZ, Evelyn Yael. Auxiliar estudiante (DHYCS) - Pozo Cortes, Etme Carola. Auxiliar estudiante (DHYCS) - Pane, Deborah Lorena. Auxiliar graduada (DCEYJ)</t>
+    <t>Rabinovich, Leonardo (DHYCS) - Brizuela, Leticia . Auxiliar estudiante (DHYCS) - Espinola Grance, Camila. Auxiliar estudiante (DHYCS) - GEREZ, Evelyn Yael. Auxiliar estudiante (DHYCS) - Nadal, Jazmin. Auxiliar estudiante (DHYCS) - Pozo Cortes, Etme Carola. Auxiliar estudiante (DHYCS) - Pane, Deborah Lorena. Auxiliar graduada (DCEYJ)</t>
   </si>
   <si>
     <t xml:space="preserve">UNM-60/24                                                                                                                                                                                                                                                      </t>
   </si>
   <si>
     <t>PICYDT-CAYT-12-2024 / PICYDT UNM X AÑO 2023</t>
   </si>
   <si>
     <t>Innovación y Creatividad en Diseño: El Papel de la Inteligencia Artificial en la Metodología proyectual</t>
   </si>
   <si>
     <t>En el ámbito del diseño, la innovación y la creatividad son aspectos esenciales para generar soluciones
 efectivas y originales a los desafíos contemporáneos. Sin embargo, los diseñadores enfrentan desafíos como
 la limitación de ideas, la falta de inspiración y las restricciones de tiempo, que pueden obstaculizar su
 capacidad para producir resultados innovadores. En este contexto, la IA emerge como una herramienta
 valiosa que puede potenciar la creatividad humana y mejorar la eficiencia del proceso proyectual El proyecto
 se estructura en torno a varios objetivos clave. En primer lugar, se lleva a cabo un análisis exhaustivo de la
 literatura existente sobre la aplicación de IA en el proceso proyectual del diseño, identificando tendencias,
 enfoques y áreas de aplicación relevantes. A continuación, se explora cómo la IA puede mejorar la
 generación de ideas en el diseño, investigando técnicas y herramientas que permitan superar bloqueos
 creativos y fomentar la exploración de soluciones innovadoras. Además, se evalúa el impacto de la IA en la
 calidad y originalidad de los diseños generados, comparando el rendimiento de diseños desarrollados con y
 sin la asistencia de sistemas de IA. Finalmente, se desarrollan recomendaciones prácticas para la integración
 efectiva de la IA en la metodología del diseño, proporcionando orientación a diseñadores y profesionales del
 diseño sobre cómo aprovechar al máximo el potencial de la IA para impulsar la innovación y la creatividad.
@@ -8547,113 +8547,108 @@
 otros líquidos incoloros debido a la presencia de partículas en suspensión. A medida que aumenta la
 concentración de sólidos suspendidos, también lo hace el nivel de turbidez. Este parámetro es de gran
 importancia en procesos como la potabilización del agua y el tratamiento de aguas residuales, ya que permite
 evaluar la calidad del agua de manera efectiva. En términos generales, una mayor turbidez indica una menor
 calidad del agua, lo que resalta la necesidad de un control riguroso en su tratamiento. En el presente proyecto
 se propone el diseño, construcción, caracterización y calibración de un sensor infrarrojo de turbidez. El
 concepto propuesto consiste en el uso de dos fuentes IR y dos detectores ubicados a 90°. Esta metodología,
 que utiliza la función de linealización, elimina componentes de incertidumbre y errores debidos a la deriva
 de los LED y los fotodiodos y a la suciedad que pueda acumularse. Los efectos de los sedimentos, los
 rayones y el color también son compensados con esta técnica. Incluso si los cuatro elementos se encuentran
 parcialmente bloqueados, aún es posible obtener mediciones precisas de turbidez.</t>
   </si>
   <si>
     <t>Dono, Julia (DCAYT) - Garcia, Victoria Julieta (DCAYT) - Padulles, Maria Luz (DCAYT) - Borgatello, Jose Maria. Auxiliar graduado (DCAYT)</t>
   </si>
   <si>
     <t>Turbidez Calidad agua Sólidos suspendidos</t>
   </si>
   <si>
     <t>PICyDT-CAyT-04-2025 / PICyDT XI 2024</t>
   </si>
   <si>
     <t>Cosecha de energía para monitoreo de variables ambientales en cuerpos de agua</t>
   </si>
   <si>
-    <t>Este proyecto estudiará las posibles tecnologías de cosecha de energía especialmente orientadas a la
-[...7 lines deleted...]
-    <t>Borgatello, Jose Maria. Auxiliar graduado (DCAYT)</t>
+    <t>Este proyecto estudiará las posibles tecnologías de cosecha de energía especialmente orientadas a la aplicación de monitoreo mediante Internet de las Cosas (IoT) de variables ambientales en cuerpos de agua remotos. La cosecha de energía, que es el proceso de capturar y almacenar pequeñas cantidades de energía, permite la alimentación de energía de sensores y transmisores en lugares remotos y de manera amigable con el medio ambiente. El estudio se realizará desde la bibliografía y mediante diseños de prototipo evaluados en bancos de prueba controlados.</t>
+  </si>
+  <si>
+    <t>Borgatello, Jose Maria. Auxiliar graduado (DCAYT) - Lannutti Feierabend, Ernesto Sebastian. Auxiliar graduado (DCAYT) - Moreno, Maximiliano Fernando. Auxiliar graduado (DCAYT)</t>
   </si>
   <si>
     <t>COSECHA DE ENERGÍA; CUERPOS DE AGUA; IoT; LoRaWAN</t>
   </si>
   <si>
     <t>PICyDT-CAyT-05-2025 / PICyDT XI 2024</t>
   </si>
   <si>
     <t>Producción de marcador de peso y tamaño molecular para proteínas y ADN respectivamente</t>
   </si>
   <si>
     <t>En este proyecto se plantea la producción de dos tipos de marcadores, uno de peso y otro de tamaño
 molecular, para su uso en electroforesis de proteínas y ADN respectivamente. Para el primero, se propone un
 marcador de peso molecular mediante la co-expresión de proteínas de 10, 20, 30, 40, 50, 60, 80 y 100 kDa.
 Para el caso del de ADN, se utilizarán plásmidos que, una vez digeridos con enzimas de restricción permite
 generar marcadores de tamaño molecular comúnmente denominados como “100 pb” o “1 kpb”. Las enzimas
 utilizadas son EcoRV y PstI, las cuales también está propuesta producirlas de manera recombinante. Por
 último, el proyecto contempla la estandarización de la producción a escala de laboratorio, en biorreactor de
 0,5L, de los mencionados insumos de biología molecular, con el objetivo de autoabastecer a los grupos de
 investigación y docencia en la Universidad Nacional de Moreno y potencialmente otras instituciones
 públicas.</t>
   </si>
   <si>
-    <t>Atrio, Santiago. Auxiliar estudiante (DCAYT) - Lier Faure, Luis Roman. Auxiliar estudiante (DCAYT) - Macias, Rodrigo Daniel Oscar. Auxiliar estudiante (DCAYT) - Martinez, Matias Adrian. Auxiliar estudiante (DCAYT) - Nieto, Aldana Gabriela. Auxiliar estudiante (DCAYT) - Russo, Rocio. Auxiliar estudiante (DCAYT) - CORTEZ GONZALEZ, Martina. Auxiliar graduada (DCAYT)</t>
+    <t>Atrio, Santiago. Auxiliar estudiante (DCAYT) - Lier Faure, Luis Roman. Auxiliar estudiante (DCAYT) - Macias, Rodrigo Daniel Oscar. Auxiliar estudiante (DCAYT) - Martinez, Matias Adrian. Auxiliar estudiante (DCAYT) - Nieto, Aldana Gabriela. Auxiliar estudiante (DCAYT) - Russo, Rocio. Auxiliar estudiante (DCAYT) - CORTEZ GONZALEZ, Martina. Auxiliar graduada (DCAYT) - Ferreira, Rocio. Auxiliar graduada (DCAYT)</t>
   </si>
   <si>
     <t>Marcador, proteínas, ADN</t>
   </si>
   <si>
     <t>PICyDT-CAyT-06-2025 / PICyDT XI 2024</t>
   </si>
   <si>
     <t>Comparación de la eficacia y evaluación de la respuesta inmunitaria humoral conferida por distintas dosis de una vacuna génica antirrábica asociada a liposomas.</t>
   </si>
   <si>
     <t>La rabia es una enfermedad zoonótica, causada por el virus rábico (RABV) y prevenible por vacunación que
 debe abordarse desde el concepto de “Una Salud”. Esta enfermedad representa un riesgo mundial para la
 salud pública por su trascendencia, gravedad e impacto social, ya que conduce inevitablemente a la muerte
 de las personas expuestas al virus cuando no reciben, de forma oportuna, un tratamiento adecuado. En
 nuestro país se utilizan vacunas con RABV inactivado que, si bien son efectivas, presentan como desventajas
 la composición indefinida del antígeno y la manipulación de grandes cantidades del patógeno en las plantas
 de producción. Desde la biotecnología es posible el diseño racional de vacunas alternativas que aseguren una
 adecuada protección de la población susceptible y reduzcan los riesgos y costos que implican la producción
 y uso de vacunas convencionales. En particular, las vacunas génicas conducen a la biosíntesis, dentro de una
 célula, de antígenos proteicos derivados de patógenos lo cual inducirá una respuesta inmunitaria protectora,
 tienen un alto perfil de seguridad y pueden ser administradas por diferentes vías. A su vez, reducen los
 riesgos que implican la producción y el uso de vacunas antirrábicas convencionales, no replican
 productivamente en mamíferos o aves y son inocuos para el medio ambiente. En este proyecto, se evaluará la
 respuesta inmunitaria humoral y la eficacia en ratones de distintas concentraciones de un inmunógeno
 basado en ADN (vacuna génica) que porta y expresa la secuencia codificante de la glicoproteína del virus
 rábico (RABV) asociado o no a liposomas.</t>
   </si>
   <si>
-    <t>Ortiz, Barbara (DCAYT) - Perez, Oscar Ramon (DCAYT) - Aguirre, Barbara Nahir. Auxiliar estudiante (DCAYT) - Calamante, Gabriela (Externo: Org. EXT) - Del Medico Zajac, María Paula (Externo: Org. EXT) - Finocchiaro, Liliana. Externa (Externo: Org. EXT) - Glikin, Gerardo. Externo (Externo: Org. EXT) - Jurado, Rosana. Externa (Externo: INMM)</t>
+    <t>Ortiz, Barbara (DCAYT) - Perez, Oscar Ramon (DCAYT) - Aguirre, Barbara Nahir. Auxiliar estudiante (DCAYT) - Ferreira, Rocio. Auxiliar graduada (DCAYT) - Calamante, Gabriela (Externo: Org. EXT) - Del Medico Zajac, María Paula (Externo: Org. EXT) - Finocchiaro, Liliana. Externa (Externo: Org. EXT) - Glikin, Gerardo. Externo (Externo: Org. EXT) - Jurado, Rosana. Externa (Externo: INMM)</t>
   </si>
   <si>
     <t>Virus rábico, vacunas génicas, ADN plasmídico, glicoproteína, liposomas.</t>
   </si>
   <si>
     <t>PICyDT-CAyT-07-2025 / PICyDT XI 2024</t>
   </si>
   <si>
     <t>Balance del carbono en la cuenca alta del Río Reconquista y la influencia de zonas buffer en las riberas</t>
   </si>
   <si>
     <t>Las consecuencias ambientales del cambio climático son de gran relevancia y pueden derivar en desastres
 humanitarios. El aumento de la temperatura de la atmósfera y de los océanos genera graves modificaciones
 en los ecosistemas. Las consecuencias sobre las aguas continentales, si bien hay estudios al respecto,
 siempre se subestimaron debido a que representan menos del 6% de la superficie total de la tierra,
 desconociendo su rol como emisores o sumideros de gases de efecto invernadero. Sin embargo, en los
 últimos 15 años, como consecuencia del estudio publicado por Cole y colaboradores (2007), se han
 incrementado los estudios realizados en los mismos, los cuales nos van demostrando la importancia de estos
 ambientes acuáticos. Allí ocurren diversidad de procesos ecológicos y son fuente de agua potable para todos
 los seres vivos. Entre los procesos que allí ocurren nos vamos a centrar en el ciclo del carbono, más
 precisamente, en el metabolismo del carbono en aguas superficiales continentales. Estos procesos, otrora
 subestimados, nos van a permitir comprender, en parte, el funcionamiento del lago estudiado y modelar los
 posibles escenarios futuros. Para este trabajo nos proponemos realizar un balance de carbono para el embalse
 dique Roggero, y estimar de qué modo dicho balance, puede verse afectado por el cambio climático y por los
 cambios antrópicos que conducen a la reducción de las áreas buffer. Para ello, vamos a estimar
@@ -9203,57 +9198,191 @@
 respetar y garantizar los derechos contenidos en los instrumentos internacionales de derechos
 humanos enumerados en el art. 75 inc. 22 que, de manera reciente, han sido interpretados y
 aplicados por los órganos internacionales de protección de manera tal que obligan al Estado a
 proteger el ambiente. En dicha reforma Argentina también otorgó jerarquía constitucional a la
 protección ambiental al incorporar el derecho a un ambiente sano en el art. 41 de la Constitución
 Nacional, distribuyendo la competencia entre la Nación y las provincias.
 Este robusto desarrollo normativo, sin embargo, contrasta con el hecho de que aún se observan
 altos niveles de contaminación en el aire, suelo y aire. El ejemplo paradigmático es el caso
 Mendoza de 2007, en el que la Corte Suprema de Justicia de la Nación (CSJN) ordenó a los
 estados nacional, provincial y municipal a adoptar las medidas necesarias para sanear el
 Riachuelo, el río más contaminado del país y casi 20 años después los problemas persisten. En ese mismo año la Defensoría del Pueblo de la Nación realizó un diagnóstico de la situación del
 Río Reconquista que incluye recomendaciones para mejorar la situación de la Cuenca. Sin
 embargo, los problemas ambientales persisten al día de hoy.
 Este proyecto busca examinar cuales son las obligaciones ambientales en torno a la Cuenca y de
 qué manera el Estado cumple con sus obligaciones ambientales en torno al saneamiento del Río
 Reconquista (el Río), el segundo más contaminado del país. Algunas de las preguntas que guían
 este trabajo son: ¿Cuáles son las normas que regulan la obligación de limpiar y sanear el Río?
 ¿Qué tipo de acciones judiciales se han iniciado para alcanzar su saneamiento? ¿Cómo se ve
 afectada la protección en virtud de la distribución de competencias que existe entre Nación y la
 provincia de Buenos Aires en virtud de lo que establece la Constitución Nacional?</t>
   </si>
   <si>
     <t>Cony, Guillermo (DCEYJ)</t>
   </si>
   <si>
-    <t>Cavana, Agustin (DCAYT) - Colmegna, Pablo (DCEYJ)</t>
+    <t>Cavana, Agustin (DCAYT) - Colmegna, Pablo (DCEYJ) - Mendez, Patricia Beatriz. Auxiliar estudiante (DCEYJ)</t>
   </si>
   <si>
     <t>CONTAMINACIÓN AMBIENTAL; REGULACIÓN AMBIENTAL; SANEAMIENTO RIO RECONQUISTA 3.</t>
   </si>
   <si>
     <t xml:space="preserve">UNM-DCEYJ 19/25                                                                                                                                                                                                                                                </t>
+  </si>
+  <si>
+    <t>Los aportes de la Perspectiva de los Sistemas complejos a la gestión de Organizaciones. El caso de las cadenas de valor en el sector energético</t>
+  </si>
+  <si>
+    <t>La siguiente investigación se enfocara en los aportes de la Teoría de los Sistemas complejos como un nuevo
+marco teórico para abordar los principales planteamientos de la Administración y de las organizaciones en
+General, haciendo énfasis en el sector energético, especialmente en la fabricación, mantenimiento y
+comercialización de transformadores eléctricos.
+Se estudiara de que manera los principales lineamientos de la perspectiva de las complejidad pueden
+generar contribuciones relevantes a la comprensión del fenómeno organizacional, para elaborar respuestas
+innovadoras en áreas como la toma de decisiones y la gestión del cambio
+El objetivo principal es elaborar propuestas de gestión adaptadas al sector energético, apoyadas en los
+principios de los sistemas complejos. Se trata de avanzar hacia estrategias más efectivas en un entorno
+signado por la volatilidad y la incertidumbre.
+Para ello, se toman como referencia los aportes de autores como Nassim Taleb, Donella Meadows, Yaneer
+Bar-Yam, Charlie Munger, Warren Buffett y Dave Snowden, cuyas ideas muestran cómo enfrentar la
+incertidumbre desde la práctica organizacional.
+El contexto actual —atravesado por transformaciones tecnológicas, económicas y sociales aceleradas por
+Internet— obliga a repensar la gestión. El concepto de VICA (Volátil, Incierto, Complejo y Ambiguo) resulta
+útil para describir el entorno, pero muchas organizaciones aún operan con lógicas heredadas del siglo XX,
+lineales y deterministas.
+Las cadenas de comercialización del sector energético son un ejemplo claro: están inmersas en un entorno
+cambiante que no se deja reducir a modelos rígidos. Este estudio se propone aportar herramientas prácticas para la toma de decisiones y la gestión del cambio en este ámbito.
+La metodología que se propone intentara combinar entrevistas semi estructuradas, con análisis documental
+y un abordaje cualitativo, con la intención de diseñar propuestas aplicables, a partir de la integración teórico
+práctica. Con ello se espera poder contribuir a la reflexión Académica en el ámbito de la Administración
+como a la generación de soluciones concretas para los desafíos actuales que se presentan en el sector
+energético.</t>
+  </si>
+  <si>
+    <t>01/11/2025</t>
+  </si>
+  <si>
+    <t>31/10/2027</t>
+  </si>
+  <si>
+    <t>Rago, Lucas Alberto (DCEYJ)</t>
+  </si>
+  <si>
+    <t>SISTEMAS COMPLEJOS–ORGANIZACIONES-INCERTIDUMBRE-GESTION DEL CAMBIO TOMA DE DECISIONES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNM-DCEYJ 32/25                                                                                                                                                                                                                                                </t>
+  </si>
+  <si>
+    <t>Malvinas, Antártida y Atlántico Sur: eje geopolítico y potencialidades para el desarrollo argentino</t>
+  </si>
+  <si>
+    <t>La investigación analiza el sistema Malvinas, Antártida y Atlántico Sur como un conjunto
+geopolítico, describiendo su importancia estratégica en cuanto a recursos naturales, rutas
+comerciales y proyección de poder político, económico y militar. Por otro lado, se propone, luego
+del análisis anterior, realizar aportes para la defensa nacional desde un enfoque que considere la
+importancia geopolítica del área insular y marítima correspondiente, así como la especial situación
+política y jurídica del continente antártico.</t>
+  </si>
+  <si>
+    <t>Campagna, Juan Cruz (DCEYJ)</t>
+  </si>
+  <si>
+    <t>MALVINAS; ANTÁRTIDA; ATLÁNTICO SUR; GEOPOLÍTICA; DEFENSA.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNM-DCEYJ 18/25                                                                                                                                                                                                                                                </t>
+  </si>
+  <si>
+    <t>PVT-CAYT-02-2025 / Otros PVT Ad Hoc</t>
+  </si>
+  <si>
+    <t>Fortalecimiento de imagen, identidad visual y comunicación de la  cooperativa alimentos de origen</t>
+  </si>
+  <si>
+    <t>Objetivo general
+Fortalecer la identidad visual, la comunicación y la presencia territorial de la 
+Cooperativa “Alimentos de Origen” mediante el desarrollo de recursos gráficos, 
+visuales y de presentación de productos, contribuyendo a su posicionamiento, 
+visibilidad y proyección comercial.
+Objetivos específicos
+1. Diseñar un logotipo que represente la identidad, valores y pertenencia territorial 
+de la cooperativa.
+2. Elaborar etiquetas para productos, garantizando legibilidad y coherencia estética.
+3. Desarrollar un taller de fotografía de producto para optimizar la calidad visual en 
+la comunicación.
+4. Diseñar packaging funcional y sustentable que proteja y realce los productos.
+5. Producir afiches publicitarios (A3 y/o A4) para promoción de productos y 
+actividades.
+6. Diseñar banner institucional para eventos y ferias.
+7. Desarrollar cartelería identificativa para puestos de venta en instancias de 
+comercialización.</t>
+  </si>
+  <si>
+    <t>23/10/2025</t>
+  </si>
+  <si>
+    <t>22/10/2026</t>
+  </si>
+  <si>
+    <t>Benedetti, Gustavo Alberto (DCAYT) - Cherny, Laura (DCAYT) - Felippe, Mirela (DCAYT) - Lopez, Andrea Lila (DCAYT) - Zufriategui, Macarena (DCAYT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dispo UNM-SDI Nº 30-25                                                                                                                                                                                                                                         </t>
+  </si>
+  <si>
+    <t>Observatorio de Juventudes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Las políticas sociales y las intervenciones en lo social deben de partir de datos concretos, cuanti y
+cualitativos, que muestren cómo se manifiestan las problemáticas. Contar con este tipo de datos
+posibilita diseñar estrategias y políticas para impulsar la transformación de situaciones de injusticia
+social.
+Las juventudes, si bien no están determinadas exclusivamente por la edad, constituyen un grupo
+poblacional, atravesado por múltiples dimensiones, relevante para el abordaje territorial. Este
+proyecto se propone, en relación con organizaciones e instituciones de la zona de influencia de la
+Universidad Nacional de Moreno (UNM), que presentan trayectorias en el abordaje de temáticas
+vinculadas a juventudes, relevar datos que profundicen el conocimiento al respecto y que
+posibiliten insumos en cuanto a la toma de decisiones y el desarrollo de intervenciones y políticas.
+Para esto se identificarán y/o construirán indicadores relativos a juventudes, se determinarán
+fuentes de datos primarias y secundarias, se establecerá el período y modo de
+relevamiento/monitoreo, y se acordará la forma de almacenamiento, sistematización, análisis y
+divulgación. 
+El programa de Estudio de Políticas Sociales del Departamento de Humanidades y Ciencias Sociales
+(UNM) aloja proyectos en relación al estudio de juventudes y de políticas sociales. Este PI se
+propone generar datos que sirvan para que este programa desarrolle además de conocimientos
+teóricos, insumos para la toma de decisiones, y propuestas para el fortalecimiento de políticas
+sociales situadas. </t>
+  </si>
+  <si>
+    <t>Cáceres , Flavia Mariela (DHYCS) - Dondo, Maria Elena (DHYCS) - Miglino , Mónica Andrea (DHYCS) - Rodriguez, Lidia Isabel (DHYCS) - Rossi del Blanco, Mariana Cecilia (DHYCS) - Sverdlick, Maria Victoria (DHYCS)</t>
+  </si>
+  <si>
+    <t>OBSERVATORIO; JUVENTUDES; DATOS; POLÍTICAS SITUADAS; TERRITORIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNM-DHYCS 16/25                                                                                                                                                                                                                                                </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -9556,51 +9685,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O385"/>
+  <dimension ref="A1:O389"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -22920,51 +23049,51 @@
       <c r="E307"/>
       <c r="F307"/>
       <c r="G307"/>
       <c r="H307" t="s">
         <v>2006</v>
       </c>
       <c r="I307" t="s">
         <v>2007</v>
       </c>
       <c r="J307" t="s">
         <v>2008</v>
       </c>
       <c r="K307" t="s">
         <v>2009</v>
       </c>
       <c r="L307" t="s">
         <v>2010</v>
       </c>
       <c r="M307" t="s">
         <v>2011</v>
       </c>
       <c r="N307" t="s">
         <v>139</v>
       </c>
       <c r="O307" t="s">
-        <v>1393</v>
+        <v>29</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308"/>
       <c r="B308" t="s">
         <v>2012</v>
       </c>
       <c r="C308" t="s">
         <v>2013</v>
       </c>
       <c r="D308" t="s">
         <v>286</v>
       </c>
       <c r="E308" t="s">
         <v>1495</v>
       </c>
       <c r="F308" t="s">
         <v>1496</v>
       </c>
       <c r="G308"/>
       <c r="H308" t="s">
         <v>2014</v>
       </c>
       <c r="I308" t="s">
         <v>2015</v>
@@ -23000,51 +23129,51 @@
         <v>18</v>
       </c>
       <c r="E309"/>
       <c r="F309"/>
       <c r="G309"/>
       <c r="H309" t="s">
         <v>1440</v>
       </c>
       <c r="I309" t="s">
         <v>1435</v>
       </c>
       <c r="J309" t="s">
         <v>2022</v>
       </c>
       <c r="K309" t="s">
         <v>2023</v>
       </c>
       <c r="L309"/>
       <c r="M309" t="s">
         <v>2024</v>
       </c>
       <c r="N309" t="s">
         <v>139</v>
       </c>
       <c r="O309" t="s">
-        <v>29</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310" t="s">
         <v>2025</v>
       </c>
       <c r="B310" t="s">
         <v>2026</v>
       </c>
       <c r="C310"/>
       <c r="D310" t="s">
         <v>841</v>
       </c>
       <c r="E310" t="s">
         <v>547</v>
       </c>
       <c r="F310" t="s">
         <v>2027</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
         <v>741</v>
       </c>
       <c r="I310" t="s">
         <v>1222</v>
@@ -26328,50 +26457,220 @@
       <c r="E385"/>
       <c r="F385"/>
       <c r="G385"/>
       <c r="H385" t="s">
         <v>2444</v>
       </c>
       <c r="I385" t="s">
         <v>2445</v>
       </c>
       <c r="J385" t="s">
         <v>2457</v>
       </c>
       <c r="K385" t="s">
         <v>2458</v>
       </c>
       <c r="L385" t="s">
         <v>2459</v>
       </c>
       <c r="M385" t="s">
         <v>2460</v>
       </c>
       <c r="N385" t="s">
         <v>139</v>
       </c>
       <c r="O385" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="386" spans="1:15">
+      <c r="A386"/>
+      <c r="B386" t="s">
+        <v>2461</v>
+      </c>
+      <c r="C386" t="s">
+        <v>2462</v>
+      </c>
+      <c r="D386" t="s">
+        <v>18</v>
+      </c>
+      <c r="E386" t="s">
+        <v>1328</v>
+      </c>
+      <c r="F386" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G386"/>
+      <c r="H386" t="s">
+        <v>2463</v>
+      </c>
+      <c r="I386" t="s">
+        <v>2464</v>
+      </c>
+      <c r="J386" t="s">
+        <v>2465</v>
+      </c>
+      <c r="K386"/>
+      <c r="L386" t="s">
+        <v>2466</v>
+      </c>
+      <c r="M386" t="s">
+        <v>2467</v>
+      </c>
+      <c r="N386" t="s">
+        <v>139</v>
+      </c>
+      <c r="O386" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="387" spans="1:15">
+      <c r="A387"/>
+      <c r="B387" t="s">
+        <v>2468</v>
+      </c>
+      <c r="C387" t="s">
+        <v>2469</v>
+      </c>
+      <c r="D387" t="s">
+        <v>286</v>
+      </c>
+      <c r="E387" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F387" t="s">
+        <v>1532</v>
+      </c>
+      <c r="G387"/>
+      <c r="H387" t="s">
+        <v>2400</v>
+      </c>
+      <c r="I387" t="s">
+        <v>2401</v>
+      </c>
+      <c r="J387" t="s">
+        <v>1223</v>
+      </c>
+      <c r="K387" t="s">
+        <v>2470</v>
+      </c>
+      <c r="L387" t="s">
+        <v>2471</v>
+      </c>
+      <c r="M387" t="s">
+        <v>2472</v>
+      </c>
+      <c r="N387" t="s">
+        <v>139</v>
+      </c>
+      <c r="O387" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="388" spans="1:15">
+      <c r="A388" t="s">
+        <v>2473</v>
+      </c>
+      <c r="B388" t="s">
+        <v>2474</v>
+      </c>
+      <c r="C388" t="s">
+        <v>2475</v>
+      </c>
+      <c r="D388" t="s">
+        <v>44</v>
+      </c>
+      <c r="E388" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F388" t="s">
+        <v>1303</v>
+      </c>
+      <c r="G388"/>
+      <c r="H388" t="s">
+        <v>2476</v>
+      </c>
+      <c r="I388" t="s">
+        <v>2477</v>
+      </c>
+      <c r="J388" t="s">
+        <v>1933</v>
+      </c>
+      <c r="K388" t="s">
+        <v>2478</v>
+      </c>
+      <c r="L388"/>
+      <c r="M388" t="s">
+        <v>2479</v>
+      </c>
+      <c r="N388" t="s">
+        <v>130</v>
+      </c>
+      <c r="O388" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="389" spans="1:15">
+      <c r="A389"/>
+      <c r="B389" t="s">
+        <v>2480</v>
+      </c>
+      <c r="C389" t="s">
+        <v>2481</v>
+      </c>
+      <c r="D389" t="s">
+        <v>33</v>
+      </c>
+      <c r="E389" t="s">
+        <v>1283</v>
+      </c>
+      <c r="F389" t="s">
+        <v>1284</v>
+      </c>
+      <c r="G389"/>
+      <c r="H389" t="s">
+        <v>2444</v>
+      </c>
+      <c r="I389" t="s">
+        <v>2445</v>
+      </c>
+      <c r="J389" t="s">
+        <v>1860</v>
+      </c>
+      <c r="K389" t="s">
+        <v>2482</v>
+      </c>
+      <c r="L389" t="s">
+        <v>2483</v>
+      </c>
+      <c r="M389" t="s">
+        <v>2484</v>
+      </c>
+      <c r="N389" t="s">
+        <v>139</v>
+      </c>
+      <c r="O389" t="s">
         <v>1393</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>