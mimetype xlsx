--- v1 (2025-12-07)
+++ v2 (2026-01-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Proyectos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2485">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2487">
   <si>
     <t>Código - Título</t>
   </si>
   <si>
     <t>Nombre Proyecto</t>
   </si>
   <si>
     <t>Resumen</t>
   </si>
   <si>
     <t>Unidad</t>
   </si>
   <si>
     <t>Línea Prioritaria</t>
   </si>
   <si>
     <t>Sublínea Prioritaria</t>
   </si>
   <si>
     <t>Fuente de Financiamiento</t>
   </si>
   <si>
     <t>Fecha de Inicio</t>
   </si>
   <si>
@@ -4180,50 +4180,53 @@
     <t xml:space="preserve">UNM-SDI 59/24                                                                                                                                                                                                                                                  </t>
   </si>
   <si>
     <t>PPICEEPyD- 03-2021</t>
   </si>
   <si>
     <t>Seguimiento de la Coyuntura Nacional E Internacional</t>
   </si>
   <si>
     <t>Políticas Económicas y Desarrollo Productivo</t>
   </si>
   <si>
     <t>Estudios sobre coyuntura económica nacional e internacional</t>
   </si>
   <si>
     <t>31/07/2023</t>
   </si>
   <si>
     <t>Robba, Alejandro Leopoldo (DCEYJ)</t>
   </si>
   <si>
     <t>Amico, Fabian Leonardo (DCEYJ) - Aschieri, Néstor Enrique (DCEYJ) - Benítez, Lucas Javier (DCEYJ) - Colombo, Emiliano Jose (DCEYJ) - Cordoba, Jorge Fernando (DCEYJ) - De Villalobos, Alfonso (DCEYJ) - Nicolau, Esteban (DCEYJ) - Almiron, Gisela Anahi. Auxiliar estudiante (DCEYJ) - Aquino, Gabriel Leandro . Auxiliar estudiante (DCEYJ) - Lemes La Pasta, Mayra Bárbara Raquel. Auxiliar estudiante (DCEYJ) - Villafañe, Leonel Marcelo. Auxiliar estudiante (DCEYJ)</t>
   </si>
   <si>
     <t xml:space="preserve"> - Prórroga: UNM-DCEYJ 29/23</t>
+  </si>
+  <si>
+    <t>En ejecución</t>
   </si>
   <si>
     <t>PVT-CAyT-04-2021 / Transformación Digital Bonaerense</t>
   </si>
   <si>
     <t>Co-diseño de componente electrónico para el control de la producción o PLC, destinado a una máquina semi automática confeccionadora de bolsas de polietileno</t>
   </si>
   <si>
     <t>La Cooperativa de Trabajo Reciclando Sueños Limitada es una organización de las denominadas “Cooperativas de Cartoneros”. Actualmente se encuentra certificada como Centro de Tratamiento de Residuos Reciclables en el Marco de las Resoluciones 137/13, 138/13 y 139/13 dictado por el Organismo Provincial de Desarrollo Sostenible (OPDS) de la Provincia de Buenos Aires, bajo los términos de la Disposición N.º 367/10. El Manejo de Residuos Sólidos Urbanos para Grandes Generadores, lo realiza según las resoluciones 137 y 138, que con su entrada en vigencia, instruye a los Grandes Generadores incluidos 4 y 5 estrellas, shoppings y galerías comerciales, hipermercados, locales de comidas rápidas, barrios cerrados y clubes de campo- a gestionar sus propios residuos. La gestión de la Cooperativa es a partir de la separación en origen de los materiales reciclables para ser reingresados al circuito productivo. De esta forma, estos materiales se convierten en materias primas para procesos industriales, disminuyendo la extracción del medio natural, ahorrando energía, llevando menos residuos a los sitios de disposición final, entre otros beneficios. Con el proyecto estamos incorporando tecnología para el reacondicionamiento (retrofitting) de una máquina confeccionadora de bolsas de polietileno marca Rudra mini R, esto va a permitir extenderle la vida útil y aumentar su productividad. En este sentido el objetivo es el diseño, desarrollo y puesta a punto de un sistema electrónico para el control de la producción denominado PLC (Programmable Logic Controller), con el fin de ser adosado a la máquina semi-automática de confección de bolsas de polietileno, aumentando, de este modo, su productividad. El sistema permitirá automatizar la función de cortar y sellar las bolsas, ajustar el largo y el ancho de las mismas y, además, realizar una parada de algunos segundos para poder recolectar las bolsas. Se estima, que luego del proyecto se llegue a una productividad de 200 bolsas por minuto, contra la actual de 50 bolsas por minuto. Además, habrá una reducción de la parada del equipo ahorrando tiempo muerto como así también minimizar los errores de operación dado el aumento de la automatización mediante un controlador que interactúe con toda la máquina de manera integral y no segmentada como hasta el momento.
 Es importante destacar que la producción de bolsas la Cooperativa la realiza con otra máquina que sólo produce bobinas, sin corte y sellado. Es decir que puede pasar del PET a la bobina pero no así a la bolsa, ya que la máquina es muy engorrosa de operar, genera pérdidas, re procesos y paradas largas. Con esta mejora propuesta podría pasar de realizar las bobinas que al peso tiene un precio de $50 el kg a bolsas de residuos peligrosos que al peso tiene un precio de $500kg. Entrando en un mercado que al momento no pueden acceder.</t>
   </si>
   <si>
     <t>30/12/2021</t>
   </si>
   <si>
     <t>29/12/2022</t>
   </si>
   <si>
     <t>Clos, Ana María (DCAYT) - Giuffrida, Pedro Mario (DCAYT) - Meilan, Carlos Javier (DCEYJ)</t>
   </si>
   <si>
     <t xml:space="preserve">Disposición 4-21  de la Dirección del Proyecto PNUD ARG16/024                                                                                                                                                                                                  </t>
   </si>
   <si>
     <t xml:space="preserve"> / PICT 2019</t>
@@ -4816,53 +4819,50 @@
   <si>
     <t>Kisman, Natalia</t>
   </si>
   <si>
     <t>Miglino , Mónica Andrea (DHYCS) - Viladrich, Andrea Soledad (DHYCS) - Álvarez, Mónica María Elena. Auxiliar graduada</t>
   </si>
   <si>
     <t xml:space="preserve">Género. Violencias. Abordajes. </t>
   </si>
   <si>
     <t xml:space="preserve">UNM-CS N°654/20                                                                                                                                                                                                                                                </t>
   </si>
   <si>
     <t>Retratos de Buenos Aires en la Transposiciones cinematográficas del Cuento Realista Nacional (1950-1970)</t>
   </si>
   <si>
     <t>31/03/2026</t>
   </si>
   <si>
     <t>Minguzzi, Armando Victorio</t>
   </si>
   <si>
     <t>Almirón Rodriguez, Nahuel René Exequiel. Auxiliar graduado (LCS)</t>
   </si>
   <si>
-    <t>En ejecución</t>
-[...1 lines deleted...]
-  <si>
     <t>PI-CAyT-04-2022</t>
   </si>
   <si>
     <t>La gestión integral de los residuos sólidos urbanos y la educación secundaria. Caso de estudio: la  escuela secundaria politécnica de la universidad nacional de moreno - ESPUNM (PI)</t>
   </si>
   <si>
     <t>La gestión incorrecta de los residuos está generando graves problemas ambientales y a la salud poblacional. Favorece la proliferación de vectores que trasmiten enfermedades y aumenta los problemas respiratorios por inhalación de partículas derivadas de la quema de residuos. Contaminan las aguas superficiales y subterráneas, degradan los suelos y los ecosistemas y afectan el desarrollo económico. Otro problema asociado a los residuos es la emisión de gases de efecto invernaderos (GEI) cuando son dispuestos en basurales a cielo abierto (BCA) o en rellenos sin sistemas de recolección de gases. Estos problemas se ven agravados por el incremento en la generación de residuos debido a la rápida urbanización y al crecimiento poblacional. A nivel mundial se espera en 2050 un incremento del 61 % de la generación de residuos respecto de 2016 (2016:2100 millones de toneladas anuales; 2050:3400 millones de toneladas anuales) y un incremento del 116% en la emisión de gases de efecto invernadero para el mismo período (2016: 1600 millones de toneladas de equivalentes de dióxido de carbono ; 2050: 2600 millones de toneladas de equivalente de dióxido de carbono). En la provincia de Buenos Aires, para 2040 se espera un incremento del 20% en la generación de residuos urbanos (2019: 22380 toneladas anuales; 2040 (27000 toneladas anuales). El paradigma actual de usar y desechar (economía lineal) está conduciendo al agotamiento y contaminación de los recursos naturales a niveles tales que ponen en riesgo la calidad de vida de las personas. Es necesario pensar y percibir los residuos como un recurso a través de su reutilización, reciclado o valorización energética en el marco de la economía circular. Los pasos iniciales para iniciar dicho cambio es la concientización, la difusión y la sensibilización sobre los riesgos de una gestión incorrecta de los residuos sobre la interacción naturaleza, economía y sociedad . Este cambio debe ser transmitido desde los cimientos donde los niños y adolescentes de hoy serán los adultos que tomarán decisiones sobre el futuro del planeta . En este contexto, la escuela juega un papel fundamental en la educación de las personas para la formación de conocimientos relacionados con el ambiente buscando una toma de conciencia sobre la importancia de conservarlo para el futuro y para mejorar la calidad de vida actual. Los problemas generados por los residuos están incluidos en la Agenda 2030 y los ODS (Objetivos del Desarrollo Sostenible), específicamente los ODS 11 (ciudades y asentamientos humanos inclusivos, seguros, resilientes y sostenibles) , 12 (producción y consumos responsable) y 4 (educación de calidad), los cuales constituyen una importante herramienta para desarrollar acciones positivas para crear un planeta más sostenible, seguro y próspero. El proyecto propone, a partir de la intervención en el sector educacional de nivel secundario contribuir al cambio de paradigma de la economía lineal por el circular y a mitigar los impactos negativos generados por la incorrecta gestión de los residuos en el marco de los ODS. La propuesta se basa en desarrollar un proceso de educación ambiental para la sustentabilidad que permita la elaboración e implementación de un programa de estrategias educativas que motiven acciones ambientalmente saludables en los alumnos a través de la adquisición e integración de conocimientos teóricos y prácticos provenientes de la gestión de los residuos sólidos urbanos y de los ODS Nro. 4, 11 y 12. Esto permitirá a los alumnos adquirir los conocimientos teóricos y prácticos necesarios para promover el desarrollo sostenible y a su vez que les permita funcionar como agentes multiplicadores de acciones positivas para el ambiente en el entorno familiar y barrial. El Proyecto se implementará en dos etapas. Las actividades a desarrollar durante el 1er. año son: realizar el diagnóstico de la percepción y conocimientos sobre residuos de la comunidad educativa, dictar capacitaciones a los docentes, diseñar un programa de estrategias educativas y determinar la composición y cuantificación de los residuos generados. Las actividades a realizar durante el 2do. año son desarrollar e implementar un Plan Piloto de separación y clasificación en origen de los residuos y articular con un “destino sustentable” certificado por el Organismo Provincial para el Desarrollo Sustentable para garantizar la correcta gestión de la fracción reciclable de los residuos.</t>
   </si>
   <si>
     <t>15/06/2022</t>
   </si>
   <si>
     <t>15/06/2024</t>
   </si>
   <si>
     <t>Biancofiore, Victor Reynaldo. Auxiliar graduado (DCAYT) - Rondan, Federico. Auxiliar graduado (DCAYT) - Di Fede , Alicia Susana - Maldonado,  Sergio Javier  - Vazquez, Liliana (Externo: Org. EXT) - Maciel, Evangelina Silvana. Auxiliar graduada</t>
   </si>
   <si>
     <t>RESIDUOS SÓLIDOSURBANOS; ESCUELA SECUNDARIA POLITÉCNICA DE LA UNIVERSIDAD NACIONAL DE MORENO; CAPACITACIONES; ESTRATEGIAS PEDAGÓGICAS; EDUCACIÓN AMBIENTAL.</t>
   </si>
   <si>
     <t xml:space="preserve">UNM-DCAYT 14/22                                                                                                                                                                                                                                                </t>
   </si>
   <si>
     <t>PI-CEEPyD-01- 2022</t>
@@ -4983,72 +4983,81 @@
   <si>
     <t>Marquez, Julieta Carolina. Auxiliar graduada</t>
   </si>
   <si>
     <t xml:space="preserve">UNM-SdI 42/24                                                                                                                                                                                                                                                  </t>
   </si>
   <si>
     <t xml:space="preserve">Caracterización de producciones hortícolas de la zona de influencia de la Universidad Nacional de Moreno. Propuestas de indicadores ecológicos para su monitoreo y mejora continua. </t>
   </si>
   <si>
     <t>01/08/2023</t>
   </si>
   <si>
     <t>Curieses, Silvana Patricia</t>
   </si>
   <si>
     <t>Argüello, César Roberto. Auxiliar graduado (DCAYT)</t>
   </si>
   <si>
     <t>El Estado Empleador de última instancia como estrategia para solucionar el desempleo. El caso de Argentina: 2016-2022</t>
   </si>
   <si>
     <t>La problemática del desarrollo económico y social y sus dimensiones</t>
   </si>
   <si>
+    <t>31/07/2027</t>
+  </si>
+  <si>
     <t>Laustonau, Alan Rodolfo. Auxiliar graduado</t>
   </si>
   <si>
     <t>Procesos migratorios y conformación de variedades del español en el AMBA: hacia el reconocimiento de la diversidad cultural y lingüística en el aula multilingüe</t>
   </si>
   <si>
     <t>Speranza, Adriana Albina Maria</t>
   </si>
   <si>
     <t>Roldán, Jonathan Emmanuel. Auxiliar graduado (DHYCS)</t>
   </si>
   <si>
     <t>Profesionalización de la comunicación pública de la ciencia en Argentina. Análisis de caso del Programa de Divulgación Científica y Técnica de la Fundación Campomar (1985-2015)</t>
   </si>
   <si>
+    <t>31/08/2028</t>
+  </si>
+  <si>
     <t>Vara, Ana Maria</t>
   </si>
   <si>
     <t>Márquez, Catalina Nicole. Auxiliar graduada (DHYCS)</t>
   </si>
   <si>
     <t>Organizaciones sociales, asistencia y políticas sociales en el partido de Moreno, provincia de Buenos Aires</t>
+  </si>
+  <si>
+    <t>31/07/2026</t>
   </si>
   <si>
     <t>Ciappina, Carlos Maria</t>
   </si>
   <si>
     <t>Farias, Dalma Milagros. Auxiliar graduada</t>
   </si>
   <si>
     <t>PICYDT-CEDET-01-2022 / PICYDT UNM VII 2021</t>
   </si>
   <si>
     <t>Innovación, cambio tecnológico y Riesgos Psicosociales en el Trabajo (RPST) en actividades industriales y de servicios</t>
   </si>
   <si>
     <t>El uso cada vez más variado de las tecnológicas informáticas, el creciente peso de la inteligencia artificial y la progresiva automatización de procesos implican cambios drásticos en los entornos de trabajo y obligan a los trabajadores a replantearse de manera amplia el contenido de sus tareas y sus roles. Por ello es fundamental analizar cómo estas innovaciones organizacionales repercuten en términos de salud laboral. Al respecto, es importante contemplar todas las dimensiones del ser humano que son interpeladas por el cambio tecnológico y no quedar restringidos en un enfoque meramente productivista. El objetivo general de este proyecto es identificar las innovaciones organizacionales ocurridas al nivel del proceso de trabajo y asociadas al uso de TIC’s que se han implantado en organizaciones seleccionadas tanto del sector servicios como del sector industrial en el AMBA (Área Metropolitana de Buenos Aires), y analizar cuáles Riesgos Psicosociales en el Trabajo (RPST) han emergido o se han incrementado en ese escenario. Como parte del sector industrial se analizarán empresas metalúrgicas autopartistas mientras que para el sector servicios, se tomarán como unidades de análisis a dependencias de la ANSES (Administración Nacional de la Seguridad Social), todas ellas localizadas en el área bajo estudio. En cuanto a la metodología, se aplicarán técnicas cualitativas y cuantitativas, que permitirán producir conocimiento situado y enriquecido sobre las actividades bajo estudio. Se espera así obtener datos que contribuirán a ampliar nuestra comprensión sobre cómo se articula el cambio tecnológico con el surgimiento de RPST, y todo ello en dos ramas de actividad: la industria y los servicios, para así detectar similitudes y diferenciales.</t>
   </si>
   <si>
     <t>01/08/2022</t>
   </si>
   <si>
     <t>31/07/2024</t>
   </si>
   <si>
     <t>Bertoni, Ramiro Luis (DEYA) - Cabral, Natalia Soledad (DEYA) - Fernandez Massi, Mariana Irma (DEYA) - Ferreyra, Ana Belen (DEYA) - Granovsky, Pablo (DEYA) - Guglialmelli, Maria Maxima  (DHYCS) - Yepes, Lara Estefania (DEYA) - Zambon, Mariel Beatriz (DEYA) - Espindola, Brenda. Auxiliar estudiante (DEYA) - Fernández, Claudia Noemí. Auxiliar estudiante (DEYA) - Ferrini, Maia Camil. Auxiliar estudiante (DEYA) - Vilte Castro, Victoria. Auxiliar estudiante (DEYA) - Ortiz, Karen. Auxiliar graduada (DEYA)</t>
   </si>
@@ -7198,51 +7207,51 @@
     <t>Este proyecto se propone trabajar en el ámbito territorial de la cuenca media del Río Reconquista, desde un enfoque multiactoral e interdisciplinario. Pretende identificar áreas de arroyos urbanos de la región con información actual georreferenciada, y seleccionar un caso ilustrativo para trabajar en el marco de las soluciones basadas en la naturaleza (SbN). Se propone diseñar metodologías participativas para la rehabilitación de arroyos, evaluando la percepción social de los ecosistemas por parte de actores locales, y generando iniciativas de difusión, valoración y rehabilitación comunitaria de sus funciones ecosistémicas, incluyendo la flora y fauna nativa asociada. Se propone la intervención en un afluente del arroyo Las Catonas, ubicado en el barrio Satélite del partido de Moreno.</t>
   </si>
   <si>
     <t>Pereira, Pablo  (DCAYT)</t>
   </si>
   <si>
     <t>Espinoza Almonacid, Luis (DCAYT) - Fevre, Mario Ignacio (DCAYT) - Lombardo, Lucia (DCAYT) - Loto, Luciana (DCAYT)</t>
   </si>
   <si>
     <t>arroyos urbanos, rehabilitación ecológica comunitaria, soluciones basadas en la naturaleza, investigación participativa, conservación de la biodiversidad urbana</t>
   </si>
   <si>
     <t>PICYDT-EYJ-01-2024 / PICyDT UNM IX 2023</t>
   </si>
   <si>
     <t>Inflación en Alimentos y Políticas de Reservas: Lecciones de la Historia y Perspectivas Actuales en Argentina</t>
   </si>
   <si>
     <t>En la actualidad, Argentina enfrenta una situación alarmante en términos de inflación en alimentos, siendo la más elevada de la región, lo que impacta reconfigurando la canasta de consumo de los hogares, los niveles de pobreza e inseguridad alimentaria de la población. Esta realidad se enmarca en una tendencia global de crecimiento constante en los precios de los alimentos y mayor volatilidad que comenzó a inicios del siglo XXI. Los Estados han desplegado una batería de políticas públicas para asegurar la seguridad alimentaria, lo que a su vez redefinió el rol de la agricultura y los precios relativos en cuanto a la distribución del ingreso. Si bien el precio de la energía y los alimentos presenta inflación a nivel mundial, buscamos profundizar en las respuestas de los Estados ante esta crisis para mantener la calidad de vida de los hogares. La magnitud del problema se ha visto exacerbada por diversos factores, como la pandemia mundial, la crisis energética desencadenada por los conflictos bélicos en zonas de producción con gran participación en la oferta de alimentos y energía. En este marco, la investigación profundizará sobre las medidas de intervención en el comercio internacional, como los aranceles a las importaciones y exportaciones actuales por producto para caracterizar las estrategias nacionales de seguridad alimentaria. Se realizará un análisis teórico de la implementación de reservas de alimentos a nivel nacional, en casos como en la India, China y Estados Unidas y en otros periodos históricos en Argentina.
 La metodología propuesta implica una sistematización de la literatura relevante, y el análisis a partir de la elaboración de indicadores económicos. Se espera entender las complejidades de la inflación en alimentos en Argentina, proporcionando reflexiones que puedan informar la formulación de políticas efectivas y sostenibles en el ámbito alimentario.</t>
   </si>
   <si>
     <t>Gonzalez Alvarisqueta , Maria Soledad (DCEYJ)</t>
   </si>
   <si>
-    <t>Contrera Suarez, Diego Alexis. Auxiliar estudiante (DCEYJ) - Luna, Sebastian Ariel. Auxiliar graduado (DCEYJ)</t>
+    <t>Contrera Suarez, Diego Alexis. Auxiliar estudiante (DCEYJ) - Rojo, Lucía Anabella. Auxiliar estudiante (DCEYJ) - Luna, Sebastian Ariel. Auxiliar graduado (DCEYJ) - Vassin, Cristian Andrés. Auxiliar estudiante</t>
   </si>
   <si>
     <t>Inflación- Alimento- Argentina- Política pública- Reservas/Buffer Stock</t>
   </si>
   <si>
     <t>Arquitectas de Moreno</t>
   </si>
   <si>
     <t xml:space="preserve">En moreno hubo valiosas mujeres arquitectas que trabajaron en el territorio y fuera de el. Realizando obras emblemáticas. Hoy algunas de ellas se han demolido. Tal es el caso de la arquitecta Ana María Nicolai de Cairó, con obras de gran valor arquitectónico y gran parte de ellas hoy ya no están, quedando pocos datos para enriquecer y estudiar su labor arquitectónico.
 Como en toda historia de la arquitectura, las mujeres arquitectas de Moreno fueron invisibilizadas. Sus obras y pensamientos están ausentes en los libros, las revistas, la formación académica y programas de difusión donde se han promovido los maestros de la arquitectura. 
 El objetivo principal de este proyecto es recuperar desde una perspectiva de género la historia no contada de las arquitectas de Moreno; a través del re-mapeo de sus obras aplicando criterios e instrumentos del programa Nuestras Arquitectas (GADU IEH UBA). Esto permitirá sanar la memoria y visibilizar el aporte de las mujeres al territorio, la cultura y la arquitectura de Moreno. </t>
   </si>
   <si>
     <t>01/06/2024</t>
   </si>
   <si>
     <t>31/05/2026</t>
   </si>
   <si>
     <t>Castro, Maria Lorena (DCAYT)</t>
   </si>
   <si>
     <t>Daloria, Martin  (DCAYT) - Ranero, Maria Laura (DCAYT) - Moisset, Ines. Externa (Externo: Org. EXT) - Quiroga, Cecilia. Externa (Externo: Org. EXT)</t>
   </si>
   <si>
@@ -7328,51 +7337,51 @@
   <si>
     <t>El objetivo del proyecto es contribuir a la literatura de la economía política detrás de los planes de
 estabilización en economías pequeñas y abiertas a los flujos comerciales y financieros, a partir del estudio
 comparado de experiencias estabilizadoras en tres economías latinoamericanas, Argentina, Brasil y Ecuador,
 e implementadas en la década de 1990. El proyecto retomará la moderna revisión de la teoría clásica del
 valor y la distribución, en conjunción con el principio keynesiano de la demanda efectiva extendido al largo
 plazo, ambos enfoques adaptados a las particularidades de la economía periférica, las cuales constituyen el
 principal objeto de estudio de Estructuralismo Latinoamericano. El proyecto se inspira en recientes
 contribuciones que avanzan en la misma dirección de integración teórica como así también en ofrecer una
 interpretación de distintos períodos de la economía política argentina. Sin embargo, hasta el momento, no ha
 habido en esta dirección la provisión de un estudio de análisis comparado de la Economía Política de
 experiencias estabilizadoras implementadas en contextos de alta inflación entre economías latinoamericanas.
 El objetivo general del presente proyecto es analizar comparativamente y de forma multidisciplinar 3
 experiencias estabilizadoras (el Plan de Convertibilidad del Austral de 1991, en Argentina, el Plan Real de
 1994, en Brasil, y la Dolarización de 1999, en Ecuador). El análisis de economía política incluirá una
 caracterización de las estructuras productivas involucradas y sus respectivos patrones de comercio
 internacional, estudios comparados sobre los grupos sociales en disputas, del rol de los organismos
 multilaterales de crédito, y ordenamiento de sus fuerzas políticas y los intereses distributivos priorizados en
 cada plan de estabilización. El ejercicio propuesto de análisis comparado pretenderá echar luz sobre sus
 respectivos desenlaces y resultados en términos de los objetivos propuestos por la política estabilizadora.</t>
   </si>
   <si>
     <t>Alvarez, Ramiro Eugenio (DCEYJ)</t>
   </si>
   <si>
-    <t>Ianni, Guido (DCEYJ) - Martin, Axel Ezequiel. Auxiliar estudiante (DCEYJ) - Pelle, Luciano Matías. Auxiliar estudiante (DCEYJ) - Veron, Cecilia. Auxiliar estudiante (DCEYJ) - Villafañe, Leonel Marcelo. Auxiliar estudiante (DCEYJ) - Cordoba, Jorge Fernando. Auxiliar graduado (DCEYJ) - Flores, Cecilia Rocio. Auxiliar graduada (DCEYJ) - Gimenez Garcia, Ramiro. Auxiliar graduado (DCEYJ)</t>
+    <t>Ianni, Guido (DCEYJ) - Martin, Axel Ezequiel. Auxiliar estudiante (DCEYJ) - Montaño, William. Auxiliar estudiante (DCEYJ) - Pelle, Luciano Matías. Auxiliar estudiante (DCEYJ) - Veron, Cecilia. Auxiliar estudiante (DCEYJ) - Villafañe, Leonel Marcelo. Auxiliar estudiante (DCEYJ) - Cordoba, Jorge Fernando. Auxiliar graduado (DCEYJ) - Flores, Cecilia Rocio. Auxiliar graduada (DCEYJ) - Gimenez Garcia, Ramiro. Auxiliar graduado (DCEYJ)</t>
   </si>
   <si>
     <t>Planes de Estabilización, Economía Política, Convertibilidad, Plan Real Dolarización</t>
   </si>
   <si>
     <t>PICYDT-CAYT-05-2024 / PICYDT UNM X AÑO 2023</t>
   </si>
   <si>
     <t>Efectos sobre el crecimiento y estado oxidativo de hidrocarburos poliaromáticos en la microalga de agua dulce Chlorella vulgaris y su posible uso en estrategias de ficorremediación.</t>
   </si>
   <si>
     <t>Los HPA son compuestos orgánicos recalcitrantes que, por su estructura química, presentan alta tolerancia a
 la degradación. Su origen está asociado a la contaminación industrial por hidrocarburos y sus derivados. Para
 remediar sitios contaminados con estos compuestos pueden emplearse estrategias de biorremediación
 ecológicamente amigables, que se basan en la capacidad de organismos autóctonos o introducidos de
 degradar estos compuestos. La ficorremediación es una estrategia de biorremediación que utiliza cultivos de
 microalgas para eliminar el exceso de nutrientes o compuestos orgánicos persistentes en aguas superficiales.
 Este proyecto se propone ensayar una técnica de ficorremediación de HPAs empleando Chlorella vulgaris
 como organismo modelo. El estudio abordará la caracterización del balance oxidativo en la microalga
 expuesta a estos contaminantes con el fin de conocer el mecanismo involucrado en la degradación de los
 HPAs y estudiar los factores ambientales más importantes que puedan afectar al proceso de biorremediación,
 con el objetivo final de optimizar las variables que permitan maximizar la eficiencia de ficorremediación de
 estos contaminantes.</t>
   </si>
   <si>
@@ -7639,53 +7648,50 @@
   <si>
     <t xml:space="preserve">UNM-DCEYJ 19/24                                                                                                                                                                                                                                                </t>
   </si>
   <si>
     <t>PICYDT-CEDET-01-2024 / PICYDT UNM X AÑO 2023</t>
   </si>
   <si>
     <t>Innovación tecnológica en actividades industriales y de servicios: derivaciones sobre la organización del proceso de trabajo, la formación profesional y la salud laboral</t>
   </si>
   <si>
     <t>Las iniciativas de innovación tecnológica se han convertido en una prioridad para las organizaciones y son
 consideradas de importancia estratégica para aumentar la productividad, mejorar su desempeño y favorecer
 la ampliación de capacidades. Pero estos procesos de innovación tecnológica no son sencillos de aplicar,
 impactan en múltiples dimensiones de las organizaciones y, fundamentalmente, tienen importantes
 derivaciones para los trabajadores y su actividad, que es preciso conocer. Suele así suceder que las
 pretendidas ventajas a nivel económico o productivo no siempre son compatibles con la preservación de la
 salud de los trabajadores y con sus posibilidades de recibir capacitación adecuada. En este marco, el presente
 proyecto se interroga si la innovación tecnológica conlleva nuevas configuraciones en los procesos de
 trabajo, si emergen nuevas necesidades de formación profesional y qué efectos tiene sobre las condiciones
 de trabajo y la salud laboral. Para responder a este objetivo, el proyecto se centra en analizar a dos
 actividades, el AUTOPARTISMO y los servicios de SALUD, en los cuales se han registrado acentuados
 procesos de innovación tecnológica en los últimos años y donde estas problemáticas pueden ser visualizadas
 con mayor claridad.</t>
   </si>
   <si>
-    <t>31/07/2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Henry, Maria Laura (DCEYJ)</t>
   </si>
   <si>
     <t>Bertoni, Ramiro Luis (DCEYJ) - Fernandez Massi, Mariana Irma (DCEYJ) - Granovsky, Pablo (DCEYJ) - Ortiz, Karen (DCEYJ) - Yepes, Lara Estefania (DCEYJ) - Espindola, Brenda. Auxiliar graduada (DCEYJ) - Guglialmelli, Maria Maxima . Auxiliar graduada (DHYCS) - Huza, Diego. Auxiliar graduado (DCEYJ)</t>
   </si>
   <si>
     <t>Innovación tecnológica, proceso de trabajo, salud laboral, formación profesional</t>
   </si>
   <si>
     <t xml:space="preserve">UNM-SDI 44/24                                                                                                                                                                                                                                                  </t>
   </si>
   <si>
     <t>PICYDT-CEDET-02-2024 / PICYDT UNM X AÑO 2023</t>
   </si>
   <si>
     <t>Abordajes teóricos, normas y políticas sobre Riesgos Psicosociales en el Trabajo (RPST) en Argentina. Un estado de situación</t>
   </si>
   <si>
     <t>El nuevo modo de desarrollo y las crisis periódicas impulsan las empresas a buscar una reducción de sus costos fijos y variables, incrementar la productividad, mejorar la calidad para satisfacer a sus clientes o usuarios y obtener beneficios adoptando diversas estrategias que modifican el escenario laboral. Esta tendencia se ha fortalecido por el uso de las nuevas tecnologías, la automatización de procesos, la imposición de exigentes metas y objetivos de producción, introduciendo nuevas formas de gestión y de control de la fuerza de trabajo, recurriendo a la precarización, la flexibilización y polivalencia en los puestos de trabajo. Pero estas innovaciones intensifican el trabajo, modifican las condiciones de trabajo y tienen impactos sobre la salud psíquica y mental de los trabajadores que luego se somatizan. Los riesgos psicosociales en el trabajo se han visibilizado recientemente gracias al apoyo de la OIT y de la OMS, pero en nuestro país es todavía escasa la cantidad de investigaciones científicas relevantes, los enfoques teóricos son poco conocidos, las metodologías utilizadas son el resultado de la adaptación de las utilizadas en los países desarrollados, y todavía no hay una legislación específica para su prevención. El presente proyecto tiene como objetivo general caracterizar en Argentina el abordaje que se hace de los Riesgos Psicosociales en el Trabajo (RPST) desde la gestión empresarial de la fuerza de trabajo, las políticas públicas, la normativa local vigente y desde el ámbito de la investigación y las universidades en términos teóricos y metodológicos. En función de esta sistematización, se buscará establecer qué alcance tiene el reconocimiento de estos riesgos y sus consecuencias en Argentina, qué tipo de intervenciones se hacen sobre los mismos en diferentes ámbitos y cuáles son las causas explicativas mencionadas y cuál es el grado de información de los empresarios y organizaciones sindicales.</t>
   </si>
   <si>
     <t>Neffa, Julio Cesar (DCEYJ)</t>
   </si>
   <si>
     <t>Granovsky, Pablo (DCEYJ) - Yepes, Lara Estefania (DCEYJ) - Ortiz, Karen. Auxiliar graduada (DCEYJ) - Contrera, Guillermo. Externo (Externo: Org. EXT) - Kohen, Jorge Andres. Externo (Externo: Org. EXT) - Raffaghelli, Luis. Externo (Externo: Org. EXT)</t>
@@ -8550,51 +8556,51 @@
 evaluar la calidad del agua de manera efectiva. En términos generales, una mayor turbidez indica una menor
 calidad del agua, lo que resalta la necesidad de un control riguroso en su tratamiento. En el presente proyecto
 se propone el diseño, construcción, caracterización y calibración de un sensor infrarrojo de turbidez. El
 concepto propuesto consiste en el uso de dos fuentes IR y dos detectores ubicados a 90°. Esta metodología,
 que utiliza la función de linealización, elimina componentes de incertidumbre y errores debidos a la deriva
 de los LED y los fotodiodos y a la suciedad que pueda acumularse. Los efectos de los sedimentos, los
 rayones y el color también son compensados con esta técnica. Incluso si los cuatro elementos se encuentran
 parcialmente bloqueados, aún es posible obtener mediciones precisas de turbidez.</t>
   </si>
   <si>
     <t>Dono, Julia (DCAYT) - Garcia, Victoria Julieta (DCAYT) - Padulles, Maria Luz (DCAYT) - Borgatello, Jose Maria. Auxiliar graduado (DCAYT)</t>
   </si>
   <si>
     <t>Turbidez Calidad agua Sólidos suspendidos</t>
   </si>
   <si>
     <t>PICyDT-CAyT-04-2025 / PICyDT XI 2024</t>
   </si>
   <si>
     <t>Cosecha de energía para monitoreo de variables ambientales en cuerpos de agua</t>
   </si>
   <si>
     <t>Este proyecto estudiará las posibles tecnologías de cosecha de energía especialmente orientadas a la aplicación de monitoreo mediante Internet de las Cosas (IoT) de variables ambientales en cuerpos de agua remotos. La cosecha de energía, que es el proceso de capturar y almacenar pequeñas cantidades de energía, permite la alimentación de energía de sensores y transmisores en lugares remotos y de manera amigable con el medio ambiente. El estudio se realizará desde la bibliografía y mediante diseños de prototipo evaluados en bancos de prueba controlados.</t>
   </si>
   <si>
-    <t>Borgatello, Jose Maria. Auxiliar graduado (DCAYT) - Lannutti Feierabend, Ernesto Sebastian. Auxiliar graduado (DCAYT) - Moreno, Maximiliano Fernando. Auxiliar graduado (DCAYT)</t>
+    <t>Borgatello, Jose Maria. Auxiliar graduado (DCAYT) - Knaupp, Lucas. Auxiliar graduado (DCAYT) - Lannutti Feierabend, Ernesto Sebastian. Auxiliar graduado (DCAYT) - Moreno, Maximiliano Fernando. Auxiliar graduado (DCAYT)</t>
   </si>
   <si>
     <t>COSECHA DE ENERGÍA; CUERPOS DE AGUA; IoT; LoRaWAN</t>
   </si>
   <si>
     <t>PICyDT-CAyT-05-2025 / PICyDT XI 2024</t>
   </si>
   <si>
     <t>Producción de marcador de peso y tamaño molecular para proteínas y ADN respectivamente</t>
   </si>
   <si>
     <t>En este proyecto se plantea la producción de dos tipos de marcadores, uno de peso y otro de tamaño
 molecular, para su uso en electroforesis de proteínas y ADN respectivamente. Para el primero, se propone un
 marcador de peso molecular mediante la co-expresión de proteínas de 10, 20, 30, 40, 50, 60, 80 y 100 kDa.
 Para el caso del de ADN, se utilizarán plásmidos que, una vez digeridos con enzimas de restricción permite
 generar marcadores de tamaño molecular comúnmente denominados como “100 pb” o “1 kpb”. Las enzimas
 utilizadas son EcoRV y PstI, las cuales también está propuesta producirlas de manera recombinante. Por
 último, el proyecto contempla la estandarización de la producción a escala de laboratorio, en biorreactor de
 0,5L, de los mencionados insumos de biología molecular, con el objetivo de autoabastecer a los grupos de
 investigación y docencia en la Universidad Nacional de Moreno y potencialmente otras instituciones
 públicas.</t>
   </si>
   <si>
     <t>Atrio, Santiago. Auxiliar estudiante (DCAYT) - Lier Faure, Luis Roman. Auxiliar estudiante (DCAYT) - Macias, Rodrigo Daniel Oscar. Auxiliar estudiante (DCAYT) - Martinez, Matias Adrian. Auxiliar estudiante (DCAYT) - Nieto, Aldana Gabriela. Auxiliar estudiante (DCAYT) - Russo, Rocio. Auxiliar estudiante (DCAYT) - CORTEZ GONZALEZ, Martina. Auxiliar graduada (DCAYT) - Ferreira, Rocio. Auxiliar graduada (DCAYT)</t>
   </si>
@@ -9119,54 +9125,54 @@
 adopción de políticas públicas del gobierno central de la RPCh orientadas a garantizar la
 seguridad alimentaria en materia de granos básicos de aquel país desde inicios del presente siglo.
 Entre los factores internos a considerar que habrían influido en la estrategia china de seguridad
 alimentaria en granos básicos se destacan la dotación de recursos naturales, las presiones
 medioambientales, los cambios demográficos, los ingresos familiares, los patrones de consumo,
 las políticas agrícolas previas y los elementos culturales propios del país. De igual manera, en lo
 que respecta a los factores externos, se enfatizará cómo la actual configuración del sistema
 alimentario internacional, caracterizada como un tercer régimen alimentario (McMichael, 2009; 2020) —controlado en gran medida por Estados Unidos y un grupo de corporaciones
 transnacionales occidentales— habría influido en la formulación de políticas públicas por parte del
 gobierno central de la RPCh, enfocadas en mitigar los riesgos asociados a su dependencia de las
 importaciones de granos.
 La investigación se inscribe en el campo de la Economía Política y sigue un enfoque del
 paradigma crítico dentro de las ciencias sociales, con un enfoque cualitativo e inductivo. Los
 análisis propuestos se basan en el examen de fuentes primarias, como documentos públicos,
 estadísticas gubernamentales, informes internacionales y entrevistas con expertos, así como en
 fuentes secundarias, incluyendo literatura académica, reportes de mercado y de ONGs, así como
 notas periodísticas. La investigación busca articular y sistematizar estos materiales para establecer
 una comprensión integral de la estrategia de seguridad alimentaria en materia de granos básicos
 de la RPCh a partir del siglo XXI, aportando valor añadido a la discusión teórica y empírica
 existente.</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
-    <t>31/07/2027</t>
-[...1 lines deleted...]
-  <si>
     <t>Lopez Mateo , Tomas (DCEYJ)</t>
+  </si>
+  <si>
+    <t>Garcia, Natalia Micaela. Auxiliar estudiante (DCEYJ) - Salguero, Hernan Valentin. Auxiliar estudiante (DCEYJ)</t>
   </si>
   <si>
     <t>REPÚBLICA POPULAR CHINA; SEGURIDAD ALIMENTARIA; ESTRATEGIA; RÉGIMEN ALIMENTARIO; GRANOS BÁSICOS.</t>
   </si>
   <si>
     <t xml:space="preserve">UNM-R 81/25                                                                                                                                                                                                                                                    </t>
   </si>
   <si>
     <t>Evolución reciente del mercado de trabajo argentino: un estudio desde la perspectiva de la calidad del empleo</t>
   </si>
   <si>
     <t>Los estudios sobre el mercado de trabajo en Argentina tienen una larga tradición, pero su actualización
 sigue siendo relevante dada la trayectoria sinuosa de nuestro país, que incluye la alternancia de ciclos de
 crecimiento con periodos de crisis, los cambios de orientación de las políticas económicas y la vigencia
 de problemas estructurales que se reactualizan bajo diferentes manifestaciones en cada etapa histórica.
 El Objetivo General de este Proyecto de Investigación es establecer las principales características del
 mercado de trabajo argentino del periodo 2001-2025, en el marco de las diferentes formas institucionales
 existentes, de las políticas económicas aplicadas y de las estrategias de acumulación predominantes en
 el periodo. Para llevar adelante este proyecto se adoptará un abordaje mixto, que combina técnicas
 cualitativas con cuantitativas.
 Los resultados de este PI serán un insumo fundamental para una actividad de cooperación científica
 internacional con el CESIT (Centro de Estudos Sindicais e de Economia do Trabalho) de la Universidade
 Estadual de Campinas (Unicamp) de Brasil. Los resultados que genere el proyecto serán intercambiados
 con este grupo, de tal forma que se podrán comparar las situaciones nacionales de ambos países,
 detectando diferencias y puntos en común.</t>
@@ -17282,1315 +17288,1315 @@
       </c>
       <c r="F172" t="s">
         <v>1221</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
         <v>1212</v>
       </c>
       <c r="I172" t="s">
         <v>1222</v>
       </c>
       <c r="J172" t="s">
         <v>1223</v>
       </c>
       <c r="K172" t="s">
         <v>1224</v>
       </c>
       <c r="L172"/>
       <c r="M172" t="s">
         <v>1225</v>
       </c>
       <c r="N172" t="s">
         <v>165</v>
       </c>
       <c r="O172" t="s">
-        <v>29</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="B173" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="C173" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="D173" t="s">
         <v>358</v>
       </c>
       <c r="E173" t="s">
         <v>45</v>
       </c>
       <c r="F173" t="s">
         <v>46</v>
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="I173" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="J173" t="s">
         <v>1130</v>
       </c>
       <c r="K173" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="N173" t="s">
         <v>130</v>
       </c>
       <c r="O173" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="B174" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="C174"/>
       <c r="D174" t="s">
         <v>286</v>
       </c>
       <c r="E174" t="s">
         <v>1220</v>
       </c>
       <c r="F174" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="I174" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="J174" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="K174" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="L174"/>
       <c r="M174" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="N174" t="s">
         <v>282</v>
       </c>
       <c r="O174" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="B175" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="C175"/>
       <c r="D175" t="s">
         <v>123</v>
       </c>
       <c r="E175" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F175" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="I175" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="J175" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="K175" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="L175" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="M175" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="N175" t="s">
         <v>139</v>
       </c>
       <c r="O175" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="B176" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="C176" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="D176" t="s">
         <v>308</v>
       </c>
       <c r="E176" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F176" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="I176" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="J176" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="K176" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="L176" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="M176" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="N176" t="s">
         <v>139</v>
       </c>
       <c r="O176" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="B177" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="C177" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="D177" t="s">
         <v>841</v>
       </c>
       <c r="E177" t="s">
         <v>494</v>
       </c>
       <c r="F177" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="I177" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="J177" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="K177" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="L177"/>
       <c r="M177" t="s">
         <v>1027</v>
       </c>
       <c r="N177" t="s">
         <v>130</v>
       </c>
       <c r="O177" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178"/>
       <c r="B178" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="C178" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="D178" t="s">
         <v>485</v>
       </c>
       <c r="E178" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F178" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I178" t="s">
         <v>705</v>
       </c>
       <c r="J178" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="K178" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="L178" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="M178" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="N178" t="s">
         <v>165</v>
       </c>
       <c r="O178" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179"/>
       <c r="B179" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="C179"/>
       <c r="D179" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="E179" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F179" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I179" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="J179" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="K179" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="L179"/>
       <c r="M179" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="N179" t="s">
         <v>139</v>
       </c>
       <c r="O179" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180"/>
       <c r="B180" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="C180"/>
       <c r="D180" t="s">
         <v>793</v>
       </c>
       <c r="E180" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="F180" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I180" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="J180" t="s">
         <v>796</v>
       </c>
       <c r="K180" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="L180"/>
       <c r="M180" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="N180" t="s">
         <v>139</v>
       </c>
       <c r="O180" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181"/>
       <c r="B181" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C181"/>
       <c r="D181" t="s">
         <v>33</v>
       </c>
       <c r="E181" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="F181" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I181" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="J181" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="K181" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="L181"/>
       <c r="M181" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="N181" t="s">
         <v>139</v>
       </c>
       <c r="O181" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182"/>
       <c r="B182" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="C182"/>
       <c r="D182" t="s">
         <v>485</v>
       </c>
       <c r="E182" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="F182" t="s">
         <v>424</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I182" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="J182" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="K182" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="L182"/>
       <c r="M182" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="N182" t="s">
         <v>139</v>
       </c>
       <c r="O182" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183"/>
       <c r="B183" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="C183"/>
       <c r="D183" t="s">
         <v>485</v>
       </c>
       <c r="E183" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="F183" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I183" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="J183" t="s">
         <v>240</v>
       </c>
       <c r="K183" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="L183"/>
       <c r="M183" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="N183" t="s">
         <v>139</v>
       </c>
       <c r="O183" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184"/>
       <c r="B184" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C184"/>
       <c r="D184" t="s">
         <v>485</v>
       </c>
       <c r="E184" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="F184" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I184" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="J184" t="s">
         <v>247</v>
       </c>
       <c r="K184" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="L184"/>
       <c r="M184" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="N184" t="s">
         <v>139</v>
       </c>
       <c r="O184" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185"/>
       <c r="B185" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="C185"/>
       <c r="D185" t="s">
         <v>431</v>
       </c>
       <c r="E185" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F185" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I185" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="J185" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="K185"/>
       <c r="L185"/>
       <c r="M185" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="N185" t="s">
         <v>139</v>
       </c>
       <c r="O185" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186"/>
       <c r="B186" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C186"/>
       <c r="D186" t="s">
         <v>793</v>
       </c>
       <c r="E186" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F186" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="G186"/>
       <c r="H186" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I186" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="J186" t="s">
         <v>296</v>
       </c>
       <c r="K186" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="L186"/>
       <c r="M186" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="N186" t="s">
         <v>139</v>
       </c>
       <c r="O186" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="B187" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C187" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="D187" t="s">
         <v>33</v>
       </c>
       <c r="E187" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F187" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="I187" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="J187" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="K187" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="L187" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="M187" t="s">
         <v>1027</v>
       </c>
       <c r="N187" t="s">
         <v>165</v>
       </c>
       <c r="O187" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B188" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C188" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="D188" t="s">
         <v>183</v>
       </c>
       <c r="E188"/>
       <c r="F188"/>
       <c r="G188"/>
       <c r="H188" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I188" t="s">
         <v>749</v>
       </c>
       <c r="J188" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="K188" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="L188" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="M188" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="N188" t="s">
         <v>892</v>
       </c>
       <c r="O188" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B189" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="C189" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="D189" t="s">
         <v>865</v>
       </c>
       <c r="E189" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="F189" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I189" t="s">
         <v>1121</v>
       </c>
       <c r="J189" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="K189" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="L189" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="M189" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="N189" t="s">
         <v>892</v>
       </c>
       <c r="O189" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B190" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="C190" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="D190" t="s">
         <v>901</v>
       </c>
       <c r="E190" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="F190" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I190" t="s">
         <v>749</v>
       </c>
       <c r="J190" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="K190" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="L190" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="M190" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="N190" t="s">
         <v>892</v>
       </c>
       <c r="O190" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B191" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="C191" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="D191" t="s">
         <v>358</v>
       </c>
       <c r="E191" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="F191" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I191" t="s">
         <v>749</v>
       </c>
       <c r="J191" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="K191" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="L191" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="M191" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="N191" t="s">
         <v>892</v>
       </c>
       <c r="O191" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B192" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="C192" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="D192" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="E192" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F192" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I192" t="s">
         <v>749</v>
       </c>
       <c r="J192" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="K192" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="L192" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="M192" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="N192" t="s">
         <v>892</v>
       </c>
       <c r="O192" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B193" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="C193" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="D193" t="s">
         <v>841</v>
       </c>
       <c r="E193" t="s">
         <v>547</v>
       </c>
       <c r="F193" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="G193"/>
       <c r="H193" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I193" t="s">
         <v>749</v>
       </c>
       <c r="J193" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="K193" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="L193" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="M193" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="N193" t="s">
         <v>892</v>
       </c>
       <c r="O193" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="B194" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="C194" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="D194" t="s">
         <v>308</v>
       </c>
       <c r="E194" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F194" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="G194"/>
       <c r="H194" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="I194" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="J194" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="K194"/>
       <c r="L194" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="M194" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="N194" t="s">
         <v>139</v>
       </c>
       <c r="O194" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="B195" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="C195" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="D195" t="s">
         <v>62</v>
       </c>
       <c r="E195" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F195" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="I195" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="J195" t="s">
         <v>65</v>
       </c>
       <c r="K195" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="L195" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="M195" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="N195" t="s">
         <v>139</v>
       </c>
       <c r="O195" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="B196" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="C196" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="D196" t="s">
         <v>183</v>
       </c>
       <c r="E196" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F196" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="I196" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="J196" t="s">
         <v>533</v>
       </c>
       <c r="K196" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="L196" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="M196" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="N196" t="s">
         <v>139</v>
       </c>
       <c r="O196" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197"/>
       <c r="B197" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="C197" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="D197" t="s">
         <v>865</v>
       </c>
       <c r="E197"/>
       <c r="F197"/>
       <c r="G197"/>
       <c r="H197" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="I197" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="J197" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="K197" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="L197" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="M197" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="N197" t="s">
         <v>165</v>
       </c>
       <c r="O197" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198"/>
       <c r="B198" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="C198"/>
       <c r="D198" t="s">
         <v>439</v>
       </c>
       <c r="E198" t="s">
         <v>93</v>
       </c>
       <c r="F198" t="s">
         <v>711</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
         <v>1066</v>
       </c>
       <c r="I198" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="J198" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="K198" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="L198"/>
       <c r="M198" t="s">
         <v>1027</v>
       </c>
       <c r="N198" t="s">
         <v>1112</v>
       </c>
       <c r="O198" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199" t="s">
         <v>1394</v>
       </c>
       <c r="B199" t="s">
         <v>1395</v>
       </c>
       <c r="C199" t="s">
         <v>1396</v>
       </c>
       <c r="D199" t="s">
         <v>123</v>
       </c>
       <c r="E199" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F199" t="s">
         <v>124</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
         <v>1397</v>
       </c>
       <c r="I199" t="s">
         <v>1398</v>
       </c>
       <c r="J199" t="s">
         <v>213</v>
       </c>
       <c r="K199" t="s">
         <v>1399</v>
       </c>
       <c r="L199" t="s">
         <v>1400</v>
       </c>
       <c r="M199" t="s">
         <v>1401</v>
       </c>
       <c r="N199" t="s">
         <v>139</v>
       </c>
       <c r="O199" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200" t="s">
         <v>1402</v>
       </c>
       <c r="B200" t="s">
         <v>1403</v>
       </c>
       <c r="C200" t="s">
         <v>1404</v>
       </c>
       <c r="D200" t="s">
         <v>18</v>
       </c>
       <c r="E200" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="F200" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
         <v>1405</v>
       </c>
       <c r="I200" t="s">
         <v>1406</v>
       </c>
       <c r="J200" t="s">
         <v>1407</v>
       </c>
       <c r="K200" t="s">
         <v>1408</v>
       </c>
       <c r="L200" t="s">
         <v>1409</v>
       </c>
       <c r="M200" t="s">
         <v>1410</v>
       </c>
       <c r="N200" t="s">
         <v>139</v>
       </c>
       <c r="O200" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201" t="s">
         <v>1411</v>
       </c>
       <c r="B201" t="s">
         <v>1412</v>
       </c>
       <c r="C201" t="s">
         <v>1413</v>
       </c>
       <c r="D201" t="s">
         <v>286</v>
       </c>
       <c r="E201" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F201" t="s">
         <v>1414</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
         <v>1405</v>
       </c>
       <c r="I201" t="s">
         <v>1110</v>
       </c>
       <c r="J201" t="s">
         <v>145</v>
       </c>
       <c r="K201" t="s">
         <v>1415</v>
       </c>
       <c r="L201" t="s">
         <v>1416</v>
       </c>
       <c r="M201" t="s">
         <v>1410</v>
       </c>
       <c r="N201" t="s">
         <v>139</v>
       </c>
       <c r="O201" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202" t="s">
         <v>1417</v>
       </c>
       <c r="B202" t="s">
         <v>1418</v>
       </c>
       <c r="C202" t="s">
         <v>1419</v>
       </c>
       <c r="D202" t="s">
         <v>757</v>
       </c>
       <c r="E202" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F202" t="s">
         <v>1420</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I202" t="s">
         <v>749</v>
       </c>
       <c r="J202" t="s">
         <v>1421</v>
       </c>
       <c r="K202" t="s">
         <v>1422</v>
       </c>
       <c r="L202" t="s">
         <v>1423</v>
       </c>
       <c r="M202" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="N202" t="s">
         <v>892</v>
       </c>
       <c r="O202" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203" t="s">
         <v>1424</v>
       </c>
       <c r="B203" t="s">
         <v>1425</v>
       </c>
       <c r="C203" t="s">
         <v>1426</v>
       </c>
       <c r="D203" t="s">
         <v>18</v>
       </c>
       <c r="E203" t="s">
         <v>19</v>
       </c>
       <c r="F203" t="s">
@@ -18610,8068 +18616,8070 @@
         <v>1430</v>
       </c>
       <c r="L203" t="s">
         <v>1431</v>
       </c>
       <c r="M203" t="s">
         <v>1432</v>
       </c>
       <c r="N203" t="s">
         <v>130</v>
       </c>
       <c r="O203" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204"/>
       <c r="B204" t="s">
         <v>1433</v>
       </c>
       <c r="C204"/>
       <c r="D204" t="s">
         <v>62</v>
       </c>
       <c r="E204" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F204" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="G204"/>
       <c r="H204" t="s">
         <v>1434</v>
       </c>
       <c r="I204" t="s">
         <v>1435</v>
       </c>
       <c r="J204" t="s">
         <v>1436</v>
       </c>
       <c r="K204" t="s">
         <v>1437</v>
       </c>
       <c r="L204"/>
       <c r="M204" t="s">
         <v>1438</v>
       </c>
       <c r="N204" t="s">
         <v>1112</v>
       </c>
       <c r="O204" t="s">
-        <v>29</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205"/>
       <c r="B205" t="s">
         <v>1439</v>
       </c>
       <c r="C205"/>
       <c r="D205" t="s">
         <v>123</v>
       </c>
       <c r="E205" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F205" t="s">
         <v>462</v>
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
         <v>1440</v>
       </c>
       <c r="I205" t="s">
         <v>1435</v>
       </c>
       <c r="J205" t="s">
         <v>1441</v>
       </c>
       <c r="K205" t="s">
         <v>1442</v>
       </c>
       <c r="L205"/>
       <c r="M205" t="s">
         <v>1027</v>
       </c>
       <c r="N205" t="s">
         <v>1112</v>
       </c>
       <c r="O205" t="s">
-        <v>29</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206"/>
       <c r="B206" t="s">
         <v>1443</v>
       </c>
       <c r="C206"/>
       <c r="D206" t="s">
         <v>286</v>
       </c>
       <c r="E206" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F206" t="s">
         <v>1444</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
         <v>1434</v>
       </c>
       <c r="I206" t="s">
-        <v>1435</v>
+        <v>1445</v>
       </c>
       <c r="J206" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="K206" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="L206"/>
       <c r="M206" t="s">
         <v>1438</v>
       </c>
       <c r="N206" t="s">
         <v>1112</v>
       </c>
       <c r="O206" t="s">
-        <v>29</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207"/>
       <c r="B207" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="C207"/>
       <c r="D207" t="s">
         <v>431</v>
       </c>
       <c r="E207" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F207" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
         <v>1434</v>
       </c>
       <c r="I207" t="s">
         <v>1435</v>
       </c>
       <c r="J207" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="K207" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="L207"/>
       <c r="M207" t="s">
         <v>1438</v>
       </c>
       <c r="N207" t="s">
         <v>1112</v>
       </c>
       <c r="O207" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208"/>
       <c r="B208" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="C208"/>
       <c r="D208" t="s">
         <v>793</v>
       </c>
       <c r="E208" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F208" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
         <v>1434</v>
       </c>
       <c r="I208" t="s">
-        <v>1435</v>
+        <v>1451</v>
       </c>
       <c r="J208" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="K208" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="L208"/>
       <c r="M208" t="s">
         <v>1438</v>
       </c>
       <c r="N208" t="s">
         <v>1112</v>
       </c>
       <c r="O208" t="s">
-        <v>29</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209"/>
       <c r="B209" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="C209"/>
       <c r="D209" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="E209" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="F209" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
         <v>1434</v>
       </c>
       <c r="I209" t="s">
-        <v>1435</v>
+        <v>1455</v>
       </c>
       <c r="J209" t="s">
-        <v>1453</v>
+        <v>1456</v>
       </c>
       <c r="K209" t="s">
-        <v>1454</v>
+        <v>1457</v>
       </c>
       <c r="L209"/>
       <c r="M209" t="s">
         <v>1438</v>
       </c>
       <c r="N209" t="s">
         <v>1112</v>
       </c>
       <c r="O209" t="s">
-        <v>29</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B210" t="s">
-        <v>1456</v>
+        <v>1459</v>
       </c>
       <c r="C210" t="s">
-        <v>1457</v>
+        <v>1460</v>
       </c>
       <c r="D210" t="s">
         <v>841</v>
       </c>
       <c r="E210" t="s">
         <v>547</v>
       </c>
       <c r="F210" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I210" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J210" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="K210" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="L210" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="M210" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
       <c r="B211" t="s">
-        <v>1464</v>
+        <v>1467</v>
       </c>
       <c r="C211" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
       <c r="D211" t="s">
         <v>358</v>
       </c>
       <c r="E211" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="F211" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
         <v>1136</v>
       </c>
       <c r="I211" t="s">
-        <v>1466</v>
+        <v>1469</v>
       </c>
       <c r="J211" t="s">
         <v>807</v>
       </c>
       <c r="K211" t="s">
-        <v>1467</v>
+        <v>1470</v>
       </c>
       <c r="L211" t="s">
-        <v>1468</v>
+        <v>1471</v>
       </c>
       <c r="M211" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
       <c r="B212" t="s">
-        <v>1470</v>
+        <v>1473</v>
       </c>
       <c r="C212" t="s">
-        <v>1471</v>
+        <v>1474</v>
       </c>
       <c r="D212" t="s">
         <v>62</v>
       </c>
       <c r="E212" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F212" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I212" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J212" t="s">
         <v>831</v>
       </c>
       <c r="K212" t="s">
-        <v>1472</v>
+        <v>1475</v>
       </c>
       <c r="L212" t="s">
-        <v>1473</v>
+        <v>1476</v>
       </c>
       <c r="M212" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213" t="s">
-        <v>1474</v>
+        <v>1477</v>
       </c>
       <c r="B213" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="C213" t="s">
-        <v>1476</v>
+        <v>1479</v>
       </c>
       <c r="D213" t="s">
         <v>62</v>
       </c>
       <c r="E213" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F213" t="s">
         <v>1420</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I213" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J213" t="s">
         <v>836</v>
       </c>
       <c r="K213" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
       <c r="L213" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
       <c r="M213" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214" t="s">
-        <v>1479</v>
+        <v>1482</v>
       </c>
       <c r="B214" t="s">
-        <v>1480</v>
+        <v>1483</v>
       </c>
       <c r="C214" t="s">
-        <v>1481</v>
+        <v>1484</v>
       </c>
       <c r="D214" t="s">
         <v>62</v>
       </c>
       <c r="E214" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F214" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I214" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J214" t="s">
-        <v>1482</v>
+        <v>1485</v>
       </c>
       <c r="K214" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="L214" t="s">
-        <v>1484</v>
+        <v>1487</v>
       </c>
       <c r="M214" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215" t="s">
-        <v>1485</v>
+        <v>1488</v>
       </c>
       <c r="B215" t="s">
-        <v>1486</v>
+        <v>1489</v>
       </c>
       <c r="C215" t="s">
-        <v>1487</v>
+        <v>1490</v>
       </c>
       <c r="D215" t="s">
         <v>380</v>
       </c>
       <c r="E215"/>
       <c r="F215"/>
       <c r="G215"/>
       <c r="H215" t="s">
         <v>1136</v>
       </c>
       <c r="I215" t="s">
         <v>1152</v>
       </c>
       <c r="J215" t="s">
-        <v>1488</v>
+        <v>1491</v>
       </c>
       <c r="K215" t="s">
-        <v>1489</v>
+        <v>1492</v>
       </c>
       <c r="L215" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
       <c r="M215" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="N215" t="s">
         <v>139</v>
       </c>
       <c r="O215" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
       <c r="B216" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
       <c r="C216" t="s">
-        <v>1494</v>
+        <v>1497</v>
       </c>
       <c r="D216" t="s">
         <v>286</v>
       </c>
       <c r="E216" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="F216" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
         <v>1136</v>
       </c>
       <c r="I216" t="s">
         <v>1152</v>
       </c>
       <c r="J216" t="s">
-        <v>1497</v>
+        <v>1500</v>
       </c>
       <c r="K216" t="s">
-        <v>1498</v>
+        <v>1501</v>
       </c>
       <c r="L216" t="s">
-        <v>1499</v>
+        <v>1502</v>
       </c>
       <c r="M216" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="N216" t="s">
         <v>139</v>
       </c>
       <c r="O216" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217" t="s">
-        <v>1500</v>
+        <v>1503</v>
       </c>
       <c r="B217" t="s">
-        <v>1501</v>
+        <v>1504</v>
       </c>
       <c r="C217" t="s">
-        <v>1502</v>
+        <v>1505</v>
       </c>
       <c r="D217" t="s">
         <v>18</v>
       </c>
       <c r="E217" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="F217" t="s">
         <v>424</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
         <v>1136</v>
       </c>
       <c r="I217" t="s">
         <v>1152</v>
       </c>
       <c r="J217" t="s">
-        <v>1503</v>
+        <v>1506</v>
       </c>
       <c r="K217" t="s">
-        <v>1504</v>
+        <v>1507</v>
       </c>
       <c r="L217" t="s">
-        <v>1505</v>
+        <v>1508</v>
       </c>
       <c r="M217" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="N217" t="s">
         <v>139</v>
       </c>
       <c r="O217" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218" t="s">
-        <v>1506</v>
+        <v>1509</v>
       </c>
       <c r="B218" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
       <c r="C218" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="D218" t="s">
         <v>380</v>
       </c>
       <c r="E218" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="F218" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
         <v>1136</v>
       </c>
       <c r="I218" t="s">
         <v>1152</v>
       </c>
       <c r="J218" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="K218" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
       <c r="L218" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="M218" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="N218" t="s">
         <v>139</v>
       </c>
       <c r="O218" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="B219" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="C219" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="D219" t="s">
         <v>62</v>
       </c>
       <c r="E219" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F219" t="s">
         <v>462</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I219" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J219" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="K219" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
       <c r="L219" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
       <c r="M219" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="B220" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
       <c r="C220" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="D220" t="s">
         <v>62</v>
       </c>
       <c r="E220" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F220" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I220" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J220" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="K220" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
       <c r="L220" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="M220" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="B221" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
       <c r="C221" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
       <c r="D221" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="E221" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F221" t="s">
         <v>1444</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I221" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J221" t="s">
         <v>667</v>
       </c>
       <c r="K221" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="L221" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="M221" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
       <c r="B222" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
       <c r="C222" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
       <c r="D222" t="s">
         <v>757</v>
       </c>
       <c r="E222" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F222" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I222" t="s">
         <v>1222</v>
       </c>
       <c r="J222" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="K222" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
       <c r="L222" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
       <c r="M222" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="B223" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
       <c r="C223" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
       <c r="D223" t="s">
         <v>308</v>
       </c>
       <c r="E223" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F223" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="G223"/>
       <c r="H223" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I223" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J223" t="s">
         <v>194</v>
       </c>
       <c r="K223" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
       <c r="L223" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="M223" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="B224" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="C224" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
       <c r="D224" t="s">
         <v>308</v>
       </c>
       <c r="E224" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F224" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="G224"/>
       <c r="H224" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I224" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J224" t="s">
         <v>1018</v>
       </c>
       <c r="K224" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
       <c r="L224" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="M224" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225" t="s">
-        <v>1546</v>
+        <v>1549</v>
       </c>
       <c r="B225" t="s">
-        <v>1547</v>
+        <v>1550</v>
       </c>
       <c r="C225" t="s">
-        <v>1548</v>
+        <v>1551</v>
       </c>
       <c r="D225" t="s">
         <v>308</v>
       </c>
       <c r="E225" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F225" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I225" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J225" t="s">
         <v>351</v>
       </c>
       <c r="K225" t="s">
-        <v>1549</v>
+        <v>1552</v>
       </c>
       <c r="L225" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
       <c r="M225" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="B226" t="s">
-        <v>1552</v>
+        <v>1555</v>
       </c>
       <c r="C226" t="s">
-        <v>1553</v>
+        <v>1556</v>
       </c>
       <c r="D226" t="s">
         <v>183</v>
       </c>
       <c r="E226" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F226" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I226" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J226" t="s">
         <v>786</v>
       </c>
       <c r="K226" t="s">
-        <v>1555</v>
+        <v>1558</v>
       </c>
       <c r="L226" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="M226" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="B227" t="s">
-        <v>1558</v>
+        <v>1561</v>
       </c>
       <c r="C227" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
       <c r="D227" t="s">
         <v>183</v>
       </c>
       <c r="E227" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F227" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I227" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J227" t="s">
         <v>533</v>
       </c>
       <c r="K227" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="L227" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="M227" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="B228" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="C228" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
       <c r="D228" t="s">
         <v>183</v>
       </c>
       <c r="E228" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F228" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="G228"/>
       <c r="H228" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I228" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J228" t="s">
         <v>56</v>
       </c>
       <c r="K228" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="L228" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="M228" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="B229" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="C229" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="D229" t="s">
         <v>123</v>
       </c>
       <c r="E229" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="F229" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I229" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J229" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="K229" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="L229" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="M229" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="B230" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="C230" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="D230" t="s">
         <v>123</v>
       </c>
       <c r="E230" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F230" t="s">
         <v>124</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="I230" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="J230" t="s">
         <v>213</v>
       </c>
       <c r="K230" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="L230" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="M230" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="B231" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="C231" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="D231" t="s">
         <v>485</v>
       </c>
       <c r="E231" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="F231" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="G231"/>
       <c r="H231" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="I231" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="J231" t="s">
         <v>278</v>
       </c>
       <c r="K231" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="L231" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="M231" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
       <c r="B232" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
       <c r="C232" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
       <c r="D232" t="s">
         <v>485</v>
       </c>
       <c r="E232" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="F232" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="G232"/>
       <c r="H232" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I232" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J232" t="s">
         <v>240</v>
       </c>
       <c r="K232" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
       <c r="L232" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="M232" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
       <c r="B233" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="C233" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
       <c r="D233" t="s">
         <v>485</v>
       </c>
       <c r="E233" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="F233" t="s">
         <v>424</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I233" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J233" t="s">
         <v>341</v>
       </c>
       <c r="K233" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="L233" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
       <c r="M233" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
       <c r="B234" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="C234" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
       <c r="D234" t="s">
         <v>439</v>
       </c>
       <c r="E234" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F234" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="I234" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="J234" t="s">
         <v>109</v>
       </c>
       <c r="K234" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
       <c r="L234" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="M234" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
       <c r="B235" t="s">
-        <v>1602</v>
+        <v>1605</v>
       </c>
       <c r="C235" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
       <c r="D235" t="s">
         <v>439</v>
       </c>
       <c r="E235" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F235" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I235" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J235" t="s">
         <v>296</v>
       </c>
       <c r="K235" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="L235" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="M235" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
       <c r="B236" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="C236" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="D236" t="s">
         <v>439</v>
       </c>
       <c r="E236" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F236" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="G236"/>
       <c r="H236" t="s">
         <v>1136</v>
       </c>
       <c r="I236" t="s">
-        <v>1466</v>
+        <v>1469</v>
       </c>
       <c r="J236" t="s">
         <v>632</v>
       </c>
       <c r="K236" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="L236" t="s">
-        <v>1610</v>
+        <v>1613</v>
       </c>
       <c r="M236" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="B237" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="C237" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="D237" t="s">
         <v>439</v>
       </c>
       <c r="E237" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="F237" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="G237"/>
       <c r="H237" t="s">
         <v>1136</v>
       </c>
       <c r="I237" t="s">
-        <v>1466</v>
+        <v>1469</v>
       </c>
       <c r="J237" t="s">
         <v>440</v>
       </c>
       <c r="K237" t="s">
-        <v>1614</v>
+        <v>1617</v>
       </c>
       <c r="L237" t="s">
-        <v>1615</v>
+        <v>1618</v>
       </c>
       <c r="M237" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
       <c r="B238" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="C238" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="D238" t="s">
         <v>439</v>
       </c>
       <c r="E238" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F238" t="s">
-        <v>1619</v>
+        <v>1622</v>
       </c>
       <c r="G238"/>
       <c r="H238" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="I238" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="J238" t="s">
         <v>796</v>
       </c>
       <c r="K238" t="s">
-        <v>1620</v>
+        <v>1623</v>
       </c>
       <c r="L238" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="M238" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239" t="s">
-        <v>1622</v>
+        <v>1625</v>
       </c>
       <c r="B239" t="s">
-        <v>1623</v>
+        <v>1626</v>
       </c>
       <c r="C239" t="s">
-        <v>1624</v>
+        <v>1627</v>
       </c>
       <c r="D239" t="s">
         <v>286</v>
       </c>
       <c r="E239" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F239" t="s">
         <v>1414</v>
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I239" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J239" t="s">
         <v>152</v>
       </c>
       <c r="K239" t="s">
-        <v>1625</v>
+        <v>1628</v>
       </c>
       <c r="L239" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="M239" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="B240" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="C240" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="D240" t="s">
         <v>18</v>
       </c>
       <c r="E240" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="F240" t="s">
-        <v>1630</v>
+        <v>1633</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I240" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J240" t="s">
         <v>881</v>
       </c>
       <c r="K240" t="s">
-        <v>1631</v>
+        <v>1634</v>
       </c>
       <c r="L240" t="s">
-        <v>1632</v>
+        <v>1635</v>
       </c>
       <c r="M240" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241" t="s">
-        <v>1633</v>
+        <v>1636</v>
       </c>
       <c r="B241" t="s">
-        <v>1634</v>
+        <v>1637</v>
       </c>
       <c r="C241" t="s">
-        <v>1635</v>
+        <v>1638</v>
       </c>
       <c r="D241" t="s">
         <v>841</v>
       </c>
       <c r="E241" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F241" t="s">
         <v>1444</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I241" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J241" t="s">
         <v>987</v>
       </c>
       <c r="K241" t="s">
-        <v>1636</v>
+        <v>1639</v>
       </c>
       <c r="L241" t="s">
-        <v>1637</v>
+        <v>1640</v>
       </c>
       <c r="M241" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="B242" t="s">
-        <v>1639</v>
+        <v>1642</v>
       </c>
       <c r="C242" t="s">
-        <v>1640</v>
+        <v>1643</v>
       </c>
       <c r="D242" t="s">
         <v>18</v>
       </c>
       <c r="E242"/>
       <c r="F242"/>
       <c r="G242"/>
       <c r="H242" t="s">
-        <v>1641</v>
+        <v>1644</v>
       </c>
       <c r="I242" t="s">
-        <v>1642</v>
+        <v>1645</v>
       </c>
       <c r="J242" t="s">
-        <v>1643</v>
+        <v>1646</v>
       </c>
       <c r="K242" t="s">
-        <v>1644</v>
+        <v>1647</v>
       </c>
       <c r="L242" t="s">
-        <v>1645</v>
+        <v>1648</v>
       </c>
       <c r="M242" t="s">
-        <v>1646</v>
+        <v>1649</v>
       </c>
       <c r="N242" t="s">
         <v>139</v>
       </c>
       <c r="O242" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243" t="s">
-        <v>1647</v>
+        <v>1650</v>
       </c>
       <c r="B243" t="s">
-        <v>1648</v>
+        <v>1651</v>
       </c>
       <c r="C243" t="s">
-        <v>1649</v>
+        <v>1652</v>
       </c>
       <c r="D243" t="s">
         <v>18</v>
       </c>
       <c r="E243" t="s">
         <v>547</v>
       </c>
       <c r="F243" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
       <c r="G243"/>
       <c r="H243" t="s">
-        <v>1641</v>
+        <v>1644</v>
       </c>
       <c r="I243" t="s">
-        <v>1642</v>
+        <v>1645</v>
       </c>
       <c r="J243" t="s">
-        <v>1651</v>
+        <v>1654</v>
       </c>
       <c r="K243" t="s">
-        <v>1652</v>
+        <v>1655</v>
       </c>
       <c r="L243" t="s">
-        <v>1653</v>
+        <v>1656</v>
       </c>
       <c r="M243" t="s">
-        <v>1646</v>
+        <v>1649</v>
       </c>
       <c r="N243" t="s">
         <v>139</v>
       </c>
       <c r="O243" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244"/>
       <c r="B244" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
       <c r="C244" t="s">
-        <v>1655</v>
+        <v>1658</v>
       </c>
       <c r="D244" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="E244" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F244" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="G244"/>
       <c r="H244" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I244" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J244" t="s">
-        <v>1656</v>
+        <v>1659</v>
       </c>
       <c r="K244" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="L244" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="M244" t="s">
-        <v>1659</v>
+        <v>1662</v>
       </c>
       <c r="N244" t="s">
         <v>139</v>
       </c>
       <c r="O244" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245"/>
       <c r="B245" t="s">
-        <v>1660</v>
+        <v>1663</v>
       </c>
       <c r="C245" t="s">
-        <v>1661</v>
+        <v>1664</v>
       </c>
       <c r="D245" t="s">
         <v>431</v>
       </c>
       <c r="E245" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F245" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="G245"/>
       <c r="H245" t="s">
-        <v>1641</v>
+        <v>1644</v>
       </c>
       <c r="I245" t="s">
-        <v>1642</v>
+        <v>1645</v>
       </c>
       <c r="J245" t="s">
         <v>95</v>
       </c>
       <c r="K245" t="s">
-        <v>1662</v>
+        <v>1665</v>
       </c>
       <c r="L245" t="s">
-        <v>1663</v>
+        <v>1666</v>
       </c>
       <c r="M245" t="s">
-        <v>1664</v>
+        <v>1667</v>
       </c>
       <c r="N245" t="s">
         <v>139</v>
       </c>
       <c r="O245" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246"/>
       <c r="B246" t="s">
-        <v>1665</v>
+        <v>1668</v>
       </c>
       <c r="C246" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
       <c r="D246" t="s">
         <v>431</v>
       </c>
       <c r="E246" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F246" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
-        <v>1667</v>
+        <v>1670</v>
       </c>
       <c r="I246" t="s">
-        <v>1668</v>
+        <v>1671</v>
       </c>
       <c r="J246" t="s">
         <v>95</v>
       </c>
       <c r="K246"/>
       <c r="L246"/>
       <c r="M246" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="N246" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="O246" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247"/>
       <c r="B247" t="s">
-        <v>1671</v>
+        <v>1674</v>
       </c>
       <c r="C247" t="s">
-        <v>1672</v>
+        <v>1675</v>
       </c>
       <c r="D247" t="s">
         <v>286</v>
       </c>
       <c r="E247" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F247" t="s">
         <v>1414</v>
       </c>
       <c r="G247"/>
       <c r="H247" t="s">
-        <v>1667</v>
+        <v>1670</v>
       </c>
       <c r="I247" t="s">
-        <v>1668</v>
+        <v>1671</v>
       </c>
       <c r="J247" t="s">
         <v>152</v>
       </c>
       <c r="K247"/>
       <c r="L247"/>
       <c r="M247" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="N247" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="O247" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248"/>
       <c r="B248" t="s">
-        <v>1673</v>
+        <v>1676</v>
       </c>
       <c r="C248" t="s">
-        <v>1674</v>
+        <v>1677</v>
       </c>
       <c r="D248" t="s">
         <v>841</v>
       </c>
       <c r="E248" t="s">
         <v>547</v>
       </c>
       <c r="F248" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
-        <v>1667</v>
+        <v>1670</v>
       </c>
       <c r="I248" t="s">
-        <v>1668</v>
+        <v>1671</v>
       </c>
       <c r="J248" t="s">
-        <v>1675</v>
+        <v>1678</v>
       </c>
       <c r="K248"/>
       <c r="L248"/>
       <c r="M248" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="N248" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="O248" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249" t="s">
-        <v>1676</v>
+        <v>1679</v>
       </c>
       <c r="B249" t="s">
-        <v>1677</v>
+        <v>1680</v>
       </c>
       <c r="C249" t="s">
-        <v>1678</v>
+        <v>1681</v>
       </c>
       <c r="D249" t="s">
         <v>358</v>
       </c>
       <c r="E249" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
       <c r="F249" t="s">
-        <v>1680</v>
+        <v>1683</v>
       </c>
       <c r="G249"/>
       <c r="H249" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="I249" t="s">
-        <v>1681</v>
+        <v>1684</v>
       </c>
       <c r="J249" t="s">
         <v>373</v>
       </c>
       <c r="K249" t="s">
-        <v>1682</v>
+        <v>1685</v>
       </c>
       <c r="L249" t="s">
-        <v>1683</v>
+        <v>1686</v>
       </c>
       <c r="M249" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
       <c r="N249" t="s">
         <v>139</v>
       </c>
       <c r="O249" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="B250" t="s">
-        <v>1686</v>
+        <v>1689</v>
       </c>
       <c r="C250" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="D250" t="s">
         <v>358</v>
       </c>
       <c r="E250" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
       <c r="F250" t="s">
-        <v>1680</v>
+        <v>1683</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="I250" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="J250" t="s">
         <v>1130</v>
       </c>
       <c r="K250" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="L250" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
       <c r="M250" t="s">
-        <v>1690</v>
+        <v>1693</v>
       </c>
       <c r="N250" t="s">
         <v>139</v>
       </c>
       <c r="O250" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251"/>
       <c r="B251" t="s">
-        <v>1691</v>
+        <v>1694</v>
       </c>
       <c r="C251" t="s">
-        <v>1692</v>
+        <v>1695</v>
       </c>
       <c r="D251" t="s">
         <v>286</v>
       </c>
       <c r="E251"/>
       <c r="F251"/>
       <c r="G251"/>
       <c r="H251" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="I251" t="s">
         <v>1435</v>
       </c>
       <c r="J251" t="s">
-        <v>1693</v>
+        <v>1696</v>
       </c>
       <c r="K251" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
       <c r="L251" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="M251" t="s">
         <v>1027</v>
       </c>
       <c r="N251" t="s">
         <v>1112</v>
       </c>
       <c r="O251" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252"/>
       <c r="B252" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="C252" t="s">
-        <v>1697</v>
+        <v>1700</v>
       </c>
       <c r="D252" t="s">
         <v>183</v>
       </c>
       <c r="E252" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F252" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
-        <v>1698</v>
+        <v>1701</v>
       </c>
       <c r="I252" t="s">
-        <v>1699</v>
+        <v>1702</v>
       </c>
       <c r="J252" t="s">
-        <v>1700</v>
+        <v>1703</v>
       </c>
       <c r="K252" t="s">
-        <v>1701</v>
+        <v>1704</v>
       </c>
       <c r="L252"/>
       <c r="M252" t="s">
-        <v>1702</v>
+        <v>1705</v>
       </c>
       <c r="N252" t="s">
         <v>165</v>
       </c>
       <c r="O252" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253"/>
       <c r="B253" t="s">
-        <v>1703</v>
+        <v>1706</v>
       </c>
       <c r="C253" t="s">
-        <v>1704</v>
+        <v>1707</v>
       </c>
       <c r="D253" t="s">
-        <v>1705</v>
+        <v>1708</v>
       </c>
       <c r="E253"/>
       <c r="F253"/>
       <c r="G253"/>
       <c r="H253" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="I253" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="J253" t="s">
-        <v>1706</v>
+        <v>1709</v>
       </c>
       <c r="K253" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
       <c r="L253" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
       <c r="M253" t="s">
-        <v>1709</v>
+        <v>1712</v>
       </c>
       <c r="N253" t="s">
         <v>139</v>
       </c>
       <c r="O253" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="B254" t="s">
-        <v>1711</v>
+        <v>1714</v>
       </c>
       <c r="C254" t="s">
-        <v>1712</v>
+        <v>1715</v>
       </c>
       <c r="D254" t="s">
         <v>286</v>
       </c>
       <c r="E254" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F254" t="s">
         <v>1414</v>
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
-        <v>1713</v>
+        <v>1716</v>
       </c>
       <c r="I254" t="s">
-        <v>1714</v>
+        <v>1717</v>
       </c>
       <c r="J254" t="s">
         <v>152</v>
       </c>
       <c r="K254" t="s">
-        <v>1715</v>
+        <v>1718</v>
       </c>
       <c r="L254" t="s">
-        <v>1716</v>
+        <v>1719</v>
       </c>
       <c r="M254" t="s">
         <v>1027</v>
       </c>
       <c r="N254" t="s">
         <v>282</v>
       </c>
       <c r="O254" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="B255" t="s">
-        <v>1717</v>
+        <v>1720</v>
       </c>
       <c r="C255" t="s">
-        <v>1718</v>
+        <v>1721</v>
       </c>
       <c r="D255" t="s">
         <v>841</v>
       </c>
       <c r="E255" t="s">
         <v>547</v>
       </c>
       <c r="F255" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
-        <v>1713</v>
+        <v>1716</v>
       </c>
       <c r="I255" t="s">
-        <v>1714</v>
+        <v>1717</v>
       </c>
       <c r="J255" t="s">
-        <v>1675</v>
+        <v>1678</v>
       </c>
       <c r="K255" t="s">
-        <v>1719</v>
+        <v>1722</v>
       </c>
       <c r="L255" t="s">
-        <v>1720</v>
+        <v>1723</v>
       </c>
       <c r="M255" t="s">
         <v>1027</v>
       </c>
       <c r="N255" t="s">
         <v>282</v>
       </c>
       <c r="O255" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256" t="s">
-        <v>1721</v>
+        <v>1724</v>
       </c>
       <c r="B256" t="s">
-        <v>1722</v>
+        <v>1725</v>
       </c>
       <c r="C256" t="s">
-        <v>1723</v>
+        <v>1726</v>
       </c>
       <c r="D256" t="s">
         <v>183</v>
       </c>
       <c r="E256" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F256" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
-        <v>1724</v>
+        <v>1727</v>
       </c>
       <c r="I256" t="s">
-        <v>1725</v>
+        <v>1728</v>
       </c>
       <c r="J256" t="s">
         <v>750</v>
       </c>
       <c r="K256" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="L256"/>
       <c r="M256" t="s">
-        <v>1727</v>
+        <v>1730</v>
       </c>
       <c r="N256" t="s">
         <v>130</v>
       </c>
       <c r="O256" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="B257" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
       <c r="C257" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="D257" t="s">
         <v>62</v>
       </c>
       <c r="E257" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F257" t="s">
         <v>124</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
-        <v>1731</v>
+        <v>1734</v>
       </c>
       <c r="I257" t="s">
-        <v>1732</v>
+        <v>1735</v>
       </c>
       <c r="J257" t="s">
         <v>127</v>
       </c>
       <c r="K257" t="s">
-        <v>1733</v>
+        <v>1736</v>
       </c>
       <c r="L257" t="s">
-        <v>1734</v>
+        <v>1737</v>
       </c>
       <c r="M257" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="N257" t="s">
         <v>130</v>
       </c>
       <c r="O257" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258" t="s">
-        <v>1736</v>
+        <v>1739</v>
       </c>
       <c r="B258" t="s">
-        <v>1737</v>
+        <v>1740</v>
       </c>
       <c r="C258" t="s">
-        <v>1738</v>
+        <v>1741</v>
       </c>
       <c r="D258" t="s">
         <v>503</v>
       </c>
       <c r="E258" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="F258" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="G258"/>
       <c r="H258" t="s">
-        <v>1739</v>
+        <v>1742</v>
       </c>
       <c r="I258" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
       <c r="J258" t="s">
         <v>914</v>
       </c>
       <c r="K258" t="s">
         <v>256</v>
       </c>
       <c r="L258"/>
       <c r="M258" t="s">
-        <v>1741</v>
+        <v>1744</v>
       </c>
       <c r="N258" t="s">
         <v>130</v>
       </c>
       <c r="O258" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259"/>
       <c r="B259" t="s">
-        <v>1742</v>
+        <v>1745</v>
       </c>
       <c r="C259" t="s">
-        <v>1743</v>
+        <v>1746</v>
       </c>
       <c r="D259" t="s">
         <v>286</v>
       </c>
       <c r="E259"/>
       <c r="F259"/>
       <c r="G259"/>
       <c r="H259" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="I259" t="s">
         <v>953</v>
       </c>
       <c r="J259" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="K259" t="s">
-        <v>1746</v>
+        <v>1749</v>
       </c>
       <c r="L259" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
       <c r="M259" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="N259" t="s">
         <v>139</v>
       </c>
       <c r="O259" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260"/>
       <c r="B260" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="C260" t="s">
-        <v>1750</v>
+        <v>1753</v>
       </c>
       <c r="D260" t="s">
         <v>183</v>
       </c>
       <c r="E260" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F260" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
       <c r="I260" t="s">
-        <v>1752</v>
+        <v>1755</v>
       </c>
       <c r="J260" t="s">
-        <v>1753</v>
+        <v>1756</v>
       </c>
       <c r="K260" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
       <c r="L260" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="M260" t="s">
         <v>1027</v>
       </c>
       <c r="N260" t="s">
         <v>1112</v>
       </c>
       <c r="O260" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261"/>
       <c r="B261" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="C261" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
       <c r="D261" t="s">
         <v>123</v>
       </c>
       <c r="E261" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F261" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
       <c r="I261" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="J261" t="s">
-        <v>1759</v>
+        <v>1762</v>
       </c>
       <c r="K261" t="s">
-        <v>1760</v>
+        <v>1763</v>
       </c>
       <c r="L261" t="s">
-        <v>1761</v>
+        <v>1764</v>
       </c>
       <c r="M261" t="s">
-        <v>1762</v>
+        <v>1765</v>
       </c>
       <c r="N261" t="s">
         <v>139</v>
       </c>
       <c r="O261" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="B262" t="s">
-        <v>1763</v>
+        <v>1766</v>
       </c>
       <c r="C262" t="s">
-        <v>1764</v>
+        <v>1767</v>
       </c>
       <c r="D262" t="s">
         <v>183</v>
       </c>
       <c r="E262" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F262" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
-        <v>1713</v>
+        <v>1716</v>
       </c>
       <c r="I262" t="s">
-        <v>1714</v>
+        <v>1717</v>
       </c>
       <c r="J262" t="s">
         <v>1095</v>
       </c>
       <c r="K262" t="s">
-        <v>1765</v>
+        <v>1768</v>
       </c>
       <c r="L262"/>
       <c r="M262" t="s">
         <v>1027</v>
       </c>
       <c r="N262" t="s">
         <v>282</v>
       </c>
       <c r="O262" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263" t="s">
-        <v>1766</v>
+        <v>1769</v>
       </c>
       <c r="B263" t="s">
-        <v>1767</v>
+        <v>1770</v>
       </c>
       <c r="C263" t="s">
-        <v>1768</v>
+        <v>1771</v>
       </c>
       <c r="D263" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="E263" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F263" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="I263" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="J263" t="s">
-        <v>1771</v>
+        <v>1774</v>
       </c>
       <c r="K263" t="s">
-        <v>1772</v>
+        <v>1775</v>
       </c>
       <c r="L263" t="s">
-        <v>1773</v>
+        <v>1776</v>
       </c>
       <c r="M263" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="B264" t="s">
-        <v>1776</v>
+        <v>1779</v>
       </c>
       <c r="C264" t="s">
-        <v>1777</v>
+        <v>1780</v>
       </c>
       <c r="D264" t="s">
         <v>757</v>
       </c>
       <c r="E264" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F264" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="G264"/>
       <c r="H264" t="s">
         <v>1440</v>
       </c>
       <c r="I264" t="s">
         <v>1435</v>
       </c>
       <c r="J264" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="K264" t="s">
-        <v>1778</v>
+        <v>1781</v>
       </c>
       <c r="L264" t="s">
-        <v>1779</v>
+        <v>1782</v>
       </c>
       <c r="M264" t="s">
-        <v>1780</v>
+        <v>1783</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265" t="s">
-        <v>1781</v>
+        <v>1784</v>
       </c>
       <c r="B265" t="s">
-        <v>1782</v>
+        <v>1785</v>
       </c>
       <c r="C265" t="s">
-        <v>1783</v>
+        <v>1786</v>
       </c>
       <c r="D265" t="s">
         <v>308</v>
       </c>
       <c r="E265" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F265" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="I265" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="J265" t="s">
         <v>933</v>
       </c>
       <c r="K265" t="s">
-        <v>1784</v>
+        <v>1787</v>
       </c>
       <c r="L265" t="s">
-        <v>1785</v>
+        <v>1788</v>
       </c>
       <c r="M265" t="s">
-        <v>1786</v>
+        <v>1789</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266" t="s">
-        <v>1787</v>
+        <v>1790</v>
       </c>
       <c r="B266" t="s">
-        <v>1788</v>
+        <v>1791</v>
       </c>
       <c r="C266" t="s">
-        <v>1789</v>
+        <v>1792</v>
       </c>
       <c r="D266" t="s">
         <v>183</v>
       </c>
       <c r="E266" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F266" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="G266"/>
       <c r="H266" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="I266" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="J266" t="s">
         <v>742</v>
       </c>
       <c r="K266" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
       <c r="L266" t="s">
-        <v>1791</v>
+        <v>1794</v>
       </c>
       <c r="M266" t="s">
-        <v>1780</v>
+        <v>1783</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="B267" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="C267" t="s">
-        <v>1794</v>
+        <v>1797</v>
       </c>
       <c r="D267" t="s">
         <v>183</v>
       </c>
       <c r="E267" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F267" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="I267" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="J267" t="s">
         <v>970</v>
       </c>
       <c r="K267" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
       <c r="L267" t="s">
-        <v>1796</v>
+        <v>1799</v>
       </c>
       <c r="M267" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268" t="s">
-        <v>1798</v>
+        <v>1801</v>
       </c>
       <c r="B268" t="s">
-        <v>1799</v>
+        <v>1802</v>
       </c>
       <c r="C268" t="s">
-        <v>1800</v>
+        <v>1803</v>
       </c>
       <c r="D268" t="s">
         <v>183</v>
       </c>
       <c r="E268" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F268" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="G268"/>
       <c r="H268" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="I268" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="J268" t="s">
         <v>1095</v>
       </c>
       <c r="K268" t="s">
-        <v>1801</v>
+        <v>1804</v>
       </c>
       <c r="L268" t="s">
-        <v>1802</v>
+        <v>1805</v>
       </c>
       <c r="M268" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269" t="s">
-        <v>1803</v>
+        <v>1806</v>
       </c>
       <c r="B269" t="s">
-        <v>1804</v>
+        <v>1807</v>
       </c>
       <c r="C269" t="s">
-        <v>1805</v>
+        <v>1808</v>
       </c>
       <c r="D269" t="s">
         <v>183</v>
       </c>
       <c r="E269" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F269" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="G269"/>
       <c r="H269" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="I269" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="J269" t="s">
         <v>526</v>
       </c>
       <c r="K269" t="s">
-        <v>1806</v>
+        <v>1809</v>
       </c>
       <c r="L269" t="s">
-        <v>1807</v>
+        <v>1810</v>
       </c>
       <c r="M269" t="s">
-        <v>1780</v>
+        <v>1783</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270" t="s">
-        <v>1808</v>
+        <v>1811</v>
       </c>
       <c r="B270" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
       <c r="C270" t="s">
-        <v>1810</v>
+        <v>1813</v>
       </c>
       <c r="D270" t="s">
         <v>183</v>
       </c>
       <c r="E270" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F270" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="G270"/>
       <c r="H270" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="I270" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="J270" t="s">
         <v>750</v>
       </c>
       <c r="K270" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
       <c r="L270" t="s">
-        <v>1812</v>
+        <v>1815</v>
       </c>
       <c r="M270" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271" t="s">
-        <v>1803</v>
+        <v>1806</v>
       </c>
       <c r="B271" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="C271" t="s">
-        <v>1814</v>
+        <v>1817</v>
       </c>
       <c r="D271" t="s">
         <v>123</v>
       </c>
       <c r="E271" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F271" t="s">
         <v>462</v>
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="I271" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="J271" t="s">
-        <v>1759</v>
+        <v>1762</v>
       </c>
       <c r="K271" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="L271" t="s">
-        <v>1816</v>
+        <v>1819</v>
       </c>
       <c r="M271" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272" t="s">
-        <v>1817</v>
+        <v>1820</v>
       </c>
       <c r="B272" t="s">
-        <v>1818</v>
+        <v>1821</v>
       </c>
       <c r="C272" t="s">
-        <v>1819</v>
+        <v>1822</v>
       </c>
       <c r="D272" t="s">
         <v>123</v>
       </c>
       <c r="E272" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F272" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="I272" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="J272" t="s">
-        <v>1820</v>
+        <v>1823</v>
       </c>
       <c r="K272" t="s">
-        <v>1821</v>
+        <v>1824</v>
       </c>
       <c r="L272" t="s">
-        <v>1822</v>
+        <v>1825</v>
       </c>
       <c r="M272" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273" t="s">
-        <v>1824</v>
+        <v>1827</v>
       </c>
       <c r="B273" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="C273" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="D273" t="s">
         <v>123</v>
       </c>
       <c r="E273" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F273" t="s">
         <v>462</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="I273" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="J273" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
       <c r="K273" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="L273" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="M273" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274" t="s">
-        <v>1830</v>
+        <v>1833</v>
       </c>
       <c r="B274" t="s">
-        <v>1831</v>
+        <v>1834</v>
       </c>
       <c r="C274" t="s">
-        <v>1832</v>
+        <v>1835</v>
       </c>
       <c r="D274" t="s">
         <v>485</v>
       </c>
       <c r="E274" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="F274" t="s">
         <v>424</v>
       </c>
       <c r="G274"/>
       <c r="H274" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="I274" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="J274" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="K274" t="s">
-        <v>1834</v>
+        <v>1837</v>
       </c>
       <c r="L274" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
       <c r="M274" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275" t="s">
-        <v>1836</v>
+        <v>1839</v>
       </c>
       <c r="B275" t="s">
-        <v>1837</v>
+        <v>1840</v>
       </c>
       <c r="C275" t="s">
-        <v>1838</v>
+        <v>1841</v>
       </c>
       <c r="D275" t="s">
         <v>439</v>
       </c>
       <c r="E275" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F275" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="G275"/>
       <c r="H275" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="I275" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="J275" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="K275" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="L275" t="s">
-        <v>1841</v>
+        <v>1844</v>
       </c>
       <c r="M275" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="B276" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="C276" t="s">
-        <v>1844</v>
+        <v>1847</v>
       </c>
       <c r="D276" t="s">
         <v>431</v>
       </c>
       <c r="E276" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F276" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="G276"/>
       <c r="H276" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="I276" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="J276" t="s">
         <v>95</v>
       </c>
       <c r="K276" t="s">
-        <v>1845</v>
+        <v>1848</v>
       </c>
       <c r="L276" t="s">
-        <v>1846</v>
+        <v>1849</v>
       </c>
       <c r="M276" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277" t="s">
-        <v>1847</v>
+        <v>1850</v>
       </c>
       <c r="B277" t="s">
-        <v>1848</v>
+        <v>1851</v>
       </c>
       <c r="C277" t="s">
-        <v>1849</v>
+        <v>1852</v>
       </c>
       <c r="D277" t="s">
         <v>431</v>
       </c>
       <c r="E277" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F277" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="G277"/>
       <c r="H277" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="I277" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="J277" t="s">
         <v>1089</v>
       </c>
       <c r="K277" t="s">
-        <v>1850</v>
+        <v>1853</v>
       </c>
       <c r="L277" t="s">
-        <v>1851</v>
+        <v>1854</v>
       </c>
       <c r="M277" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278" t="s">
-        <v>1852</v>
+        <v>1855</v>
       </c>
       <c r="B278" t="s">
-        <v>1853</v>
+        <v>1856</v>
       </c>
       <c r="C278" t="s">
-        <v>1854</v>
+        <v>1857</v>
       </c>
       <c r="D278" t="s">
         <v>431</v>
       </c>
       <c r="E278" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F278" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="I278" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="J278" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="K278" t="s">
-        <v>1855</v>
+        <v>1858</v>
       </c>
       <c r="L278" t="s">
-        <v>1856</v>
+        <v>1859</v>
       </c>
       <c r="M278" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279"/>
       <c r="B279" t="s">
-        <v>1857</v>
+        <v>1860</v>
       </c>
       <c r="C279" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="D279" t="s">
         <v>865</v>
       </c>
       <c r="E279" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="F279" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
       <c r="I279" t="s">
-        <v>1859</v>
+        <v>1862</v>
       </c>
       <c r="J279" t="s">
-        <v>1860</v>
+        <v>1863</v>
       </c>
       <c r="K279" t="s">
-        <v>1861</v>
+        <v>1864</v>
       </c>
       <c r="L279" t="s">
-        <v>1862</v>
+        <v>1865</v>
       </c>
       <c r="M279" t="s">
-        <v>1863</v>
+        <v>1866</v>
       </c>
       <c r="N279" t="s">
-        <v>1864</v>
+        <v>1867</v>
       </c>
       <c r="O279" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280" t="s">
-        <v>1865</v>
+        <v>1868</v>
       </c>
       <c r="B280" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="C280" t="s">
-        <v>1867</v>
+        <v>1870</v>
       </c>
       <c r="D280" t="s">
         <v>380</v>
       </c>
       <c r="E280"/>
       <c r="F280"/>
       <c r="G280"/>
       <c r="H280" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I280" t="s">
-        <v>1868</v>
+        <v>1871</v>
       </c>
       <c r="J280" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
       <c r="K280"/>
       <c r="L280" t="s">
-        <v>1870</v>
+        <v>1873</v>
       </c>
       <c r="M280" t="s">
-        <v>1871</v>
+        <v>1874</v>
       </c>
       <c r="N280" t="s">
         <v>139</v>
       </c>
       <c r="O280" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281"/>
       <c r="B281" t="s">
-        <v>1872</v>
+        <v>1875</v>
       </c>
       <c r="C281" t="s">
-        <v>1873</v>
+        <v>1876</v>
       </c>
       <c r="D281" t="s">
         <v>183</v>
       </c>
       <c r="E281" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F281" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I281" t="s">
-        <v>1874</v>
+        <v>1877</v>
       </c>
       <c r="J281" t="s">
-        <v>1875</v>
+        <v>1878</v>
       </c>
       <c r="K281" t="s">
-        <v>1876</v>
+        <v>1879</v>
       </c>
       <c r="L281" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="M281" t="s">
         <v>1027</v>
       </c>
       <c r="N281" t="s">
         <v>1112</v>
       </c>
       <c r="O281" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282"/>
       <c r="B282" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
       <c r="C282"/>
       <c r="D282" t="s">
         <v>793</v>
       </c>
       <c r="E282" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F282" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
         <v>1405</v>
       </c>
       <c r="I282" t="s">
         <v>1110</v>
       </c>
       <c r="J282" t="s">
         <v>109</v>
       </c>
       <c r="K282" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
       <c r="L282" t="s">
-        <v>1880</v>
+        <v>1883</v>
       </c>
       <c r="M282" t="s">
         <v>1027</v>
       </c>
       <c r="N282" t="s">
         <v>1112</v>
       </c>
       <c r="O282" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283"/>
       <c r="B283" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
       <c r="C283"/>
       <c r="D283" t="s">
         <v>380</v>
       </c>
       <c r="E283"/>
       <c r="F283"/>
       <c r="G283"/>
       <c r="H283" t="s">
         <v>392</v>
       </c>
       <c r="I283" t="s">
         <v>432</v>
       </c>
       <c r="J283" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="K283"/>
       <c r="L283"/>
       <c r="M283" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="N283" t="s">
         <v>139</v>
       </c>
       <c r="O283" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284"/>
       <c r="B284" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
       <c r="C284" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="D284" t="s">
         <v>183</v>
       </c>
       <c r="E284" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F284" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="G284"/>
       <c r="H284" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="I284"/>
       <c r="J284" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="K284" t="s">
         <v>970</v>
       </c>
       <c r="L284" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="M284" t="s">
         <v>1027</v>
       </c>
       <c r="N284" t="s">
         <v>1112</v>
       </c>
       <c r="O284" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285"/>
       <c r="B285" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="C285"/>
       <c r="D285" t="s">
         <v>841</v>
       </c>
       <c r="E285" t="s">
         <v>115</v>
       </c>
       <c r="F285" t="s">
         <v>302</v>
       </c>
       <c r="G285"/>
       <c r="H285" t="s">
         <v>1066</v>
       </c>
       <c r="I285"/>
       <c r="J285" t="s">
         <v>161</v>
       </c>
       <c r="K285" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="L285"/>
       <c r="M285" t="s">
         <v>1027</v>
       </c>
       <c r="N285" t="s">
         <v>1112</v>
       </c>
       <c r="O285" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286" t="s">
-        <v>1889</v>
+        <v>1892</v>
       </c>
       <c r="B286" t="s">
-        <v>1890</v>
+        <v>1893</v>
       </c>
       <c r="C286"/>
       <c r="D286" t="s">
         <v>431</v>
       </c>
       <c r="E286" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F286" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="G286"/>
       <c r="H286" t="s">
         <v>1066</v>
       </c>
       <c r="I286"/>
       <c r="J286" t="s">
         <v>95</v>
       </c>
       <c r="K286"/>
       <c r="L286"/>
       <c r="M286" t="s">
         <v>1027</v>
       </c>
       <c r="N286" t="s">
         <v>1112</v>
       </c>
       <c r="O286" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287"/>
       <c r="B287" t="s">
-        <v>1891</v>
+        <v>1894</v>
       </c>
       <c r="C287" t="s">
-        <v>1892</v>
+        <v>1895</v>
       </c>
       <c r="D287" t="s">
         <v>865</v>
       </c>
       <c r="E287" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="F287" t="s">
-        <v>1893</v>
+        <v>1896</v>
       </c>
       <c r="G287"/>
       <c r="H287" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="I287" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
       <c r="J287" t="s">
-        <v>1896</v>
+        <v>1899</v>
       </c>
       <c r="K287" t="s">
-        <v>1897</v>
+        <v>1900</v>
       </c>
       <c r="L287"/>
       <c r="M287" t="s">
-        <v>1898</v>
+        <v>1901</v>
       </c>
       <c r="N287" t="s">
-        <v>1899</v>
+        <v>1902</v>
       </c>
       <c r="O287" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288"/>
       <c r="B288" t="s">
-        <v>1900</v>
+        <v>1903</v>
       </c>
       <c r="C288" t="s">
-        <v>1901</v>
+        <v>1904</v>
       </c>
       <c r="D288" t="s">
-        <v>1902</v>
+        <v>1905</v>
       </c>
       <c r="E288" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F288" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="G288"/>
       <c r="H288" t="s">
-        <v>1903</v>
+        <v>1906</v>
       </c>
       <c r="I288" t="s">
-        <v>1904</v>
+        <v>1907</v>
       </c>
       <c r="J288" t="s">
-        <v>1905</v>
+        <v>1908</v>
       </c>
       <c r="K288" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="L288"/>
       <c r="M288" t="s">
         <v>1027</v>
       </c>
       <c r="N288" t="s">
         <v>165</v>
       </c>
       <c r="O288" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="B289" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="C289" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="D289"/>
       <c r="E289"/>
       <c r="F289"/>
       <c r="G289"/>
       <c r="H289" t="s">
         <v>1076</v>
       </c>
       <c r="I289" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="J289" t="s">
         <v>256</v>
       </c>
       <c r="K289" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="L289"/>
       <c r="M289" t="s">
-        <v>1912</v>
+        <v>1915</v>
       </c>
       <c r="N289" t="s">
         <v>130</v>
       </c>
       <c r="O289" t="s">
-        <v>1393</v>
+        <v>29</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290"/>
       <c r="B290" t="s">
-        <v>1913</v>
+        <v>1916</v>
       </c>
       <c r="C290" t="s">
-        <v>1914</v>
+        <v>1917</v>
       </c>
       <c r="D290" t="s">
         <v>793</v>
       </c>
       <c r="E290" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F290" t="s">
-        <v>1619</v>
+        <v>1622</v>
       </c>
       <c r="G290"/>
       <c r="H290" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="I290" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="J290" t="s">
         <v>796</v>
       </c>
       <c r="K290" t="s">
-        <v>1915</v>
+        <v>1918</v>
       </c>
       <c r="L290"/>
       <c r="M290" t="s">
-        <v>1916</v>
+        <v>1919</v>
       </c>
       <c r="N290" t="s">
         <v>139</v>
       </c>
       <c r="O290" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291"/>
       <c r="B291" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="C291" t="s">
-        <v>1918</v>
+        <v>1921</v>
       </c>
       <c r="D291" t="s">
         <v>865</v>
       </c>
       <c r="E291" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="F291" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="G291"/>
       <c r="H291" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="I291" t="s">
-        <v>1859</v>
+        <v>1862</v>
       </c>
       <c r="J291" t="s">
-        <v>1919</v>
+        <v>1922</v>
       </c>
       <c r="K291" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
       <c r="L291" t="s">
-        <v>1921</v>
+        <v>1924</v>
       </c>
       <c r="M291" t="s">
-        <v>1922</v>
+        <v>1925</v>
       </c>
       <c r="N291" t="s">
         <v>139</v>
       </c>
       <c r="O291" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292"/>
       <c r="B292" t="s">
-        <v>1923</v>
+        <v>1926</v>
       </c>
       <c r="C292" t="s">
-        <v>1924</v>
+        <v>1927</v>
       </c>
       <c r="D292" t="s">
         <v>44</v>
       </c>
       <c r="E292"/>
       <c r="F292"/>
       <c r="G292"/>
       <c r="H292" t="s">
-        <v>1925</v>
+        <v>1928</v>
       </c>
       <c r="I292" t="s">
-        <v>1926</v>
+        <v>1929</v>
       </c>
       <c r="J292" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="K292" t="s">
-        <v>1928</v>
+        <v>1931</v>
       </c>
       <c r="L292"/>
       <c r="M292" t="s">
-        <v>1929</v>
+        <v>1932</v>
       </c>
       <c r="N292" t="s">
         <v>130</v>
       </c>
       <c r="O292"/>
     </row>
     <row r="293" spans="1:15">
       <c r="A293" t="s">
-        <v>1930</v>
+        <v>1933</v>
       </c>
       <c r="B293" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
       <c r="C293" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
       <c r="D293" t="s">
         <v>44</v>
       </c>
       <c r="E293"/>
       <c r="F293"/>
       <c r="G293"/>
       <c r="H293" t="s">
-        <v>1925</v>
+        <v>1928</v>
       </c>
       <c r="I293" t="s">
-        <v>1926</v>
+        <v>1929</v>
       </c>
       <c r="J293" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="K293" t="s">
-        <v>1934</v>
+        <v>1937</v>
       </c>
       <c r="L293"/>
       <c r="M293" t="s">
-        <v>1929</v>
+        <v>1932</v>
       </c>
       <c r="N293" t="s">
         <v>130</v>
       </c>
       <c r="O293" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294" t="s">
-        <v>1935</v>
+        <v>1938</v>
       </c>
       <c r="B294" t="s">
-        <v>1936</v>
+        <v>1939</v>
       </c>
       <c r="C294" t="s">
-        <v>1937</v>
+        <v>1940</v>
       </c>
       <c r="D294" t="s">
         <v>44</v>
       </c>
       <c r="E294"/>
       <c r="F294"/>
       <c r="G294"/>
       <c r="H294" t="s">
-        <v>1925</v>
+        <v>1928</v>
       </c>
       <c r="I294" t="s">
-        <v>1926</v>
+        <v>1929</v>
       </c>
       <c r="J294" t="s">
-        <v>1938</v>
+        <v>1941</v>
       </c>
       <c r="K294" t="s">
-        <v>1939</v>
+        <v>1942</v>
       </c>
       <c r="L294"/>
       <c r="M294" t="s">
-        <v>1929</v>
+        <v>1932</v>
       </c>
       <c r="N294" t="s">
         <v>130</v>
       </c>
       <c r="O294" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295"/>
       <c r="B295" t="s">
-        <v>1940</v>
+        <v>1943</v>
       </c>
       <c r="C295" t="s">
-        <v>1941</v>
+        <v>1944</v>
       </c>
       <c r="D295" t="s">
         <v>286</v>
       </c>
       <c r="E295" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="F295" t="s">
-        <v>1942</v>
+        <v>1945</v>
       </c>
       <c r="G295"/>
       <c r="H295" t="s">
-        <v>1943</v>
+        <v>1946</v>
       </c>
       <c r="I295" t="s">
-        <v>1944</v>
+        <v>1947</v>
       </c>
       <c r="J295" t="s">
         <v>766</v>
       </c>
       <c r="K295" t="s">
-        <v>1945</v>
+        <v>1948</v>
       </c>
       <c r="L295" t="s">
-        <v>1946</v>
+        <v>1949</v>
       </c>
       <c r="M295" t="s">
-        <v>1947</v>
+        <v>1950</v>
       </c>
       <c r="N295" t="s">
         <v>139</v>
       </c>
       <c r="O295" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296"/>
       <c r="B296" t="s">
-        <v>1948</v>
+        <v>1951</v>
       </c>
       <c r="C296" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="D296" t="s">
         <v>286</v>
       </c>
       <c r="E296" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F296" t="s">
         <v>1414</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
-        <v>1943</v>
+        <v>1946</v>
       </c>
       <c r="I296" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="J296" t="s">
-        <v>1951</v>
+        <v>1954</v>
       </c>
       <c r="K296" t="s">
-        <v>1952</v>
+        <v>1955</v>
       </c>
       <c r="L296" t="s">
-        <v>1953</v>
+        <v>1956</v>
       </c>
       <c r="M296" t="s">
-        <v>1954</v>
+        <v>1957</v>
       </c>
       <c r="N296" t="s">
         <v>139</v>
       </c>
       <c r="O296" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297"/>
       <c r="B297" t="s">
-        <v>1955</v>
+        <v>1958</v>
       </c>
       <c r="C297" t="s">
-        <v>1956</v>
+        <v>1959</v>
       </c>
       <c r="D297" t="s">
         <v>793</v>
       </c>
       <c r="E297" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F297" t="s">
-        <v>1619</v>
+        <v>1622</v>
       </c>
       <c r="G297"/>
       <c r="H297" t="s">
-        <v>1957</v>
+        <v>1960</v>
       </c>
       <c r="I297"/>
       <c r="J297" t="s">
-        <v>1958</v>
+        <v>1961</v>
       </c>
       <c r="K297" t="s">
         <v>796</v>
       </c>
       <c r="L297"/>
       <c r="M297" t="s">
         <v>1027</v>
       </c>
       <c r="N297" t="s">
         <v>1112</v>
       </c>
       <c r="O297" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298" t="s">
-        <v>1959</v>
+        <v>1962</v>
       </c>
       <c r="B298" t="s">
-        <v>1960</v>
+        <v>1963</v>
       </c>
       <c r="C298"/>
       <c r="D298" t="s">
         <v>18</v>
       </c>
       <c r="E298" t="s">
         <v>19</v>
       </c>
       <c r="F298" t="s">
         <v>1065</v>
       </c>
       <c r="G298"/>
       <c r="H298" t="s">
-        <v>1961</v>
+        <v>1964</v>
       </c>
       <c r="I298" t="s">
-        <v>1962</v>
+        <v>1965</v>
       </c>
       <c r="J298" t="s">
         <v>256</v>
       </c>
       <c r="K298" t="s">
-        <v>1963</v>
+        <v>1966</v>
       </c>
       <c r="L298" t="s">
-        <v>1964</v>
+        <v>1967</v>
       </c>
       <c r="M298" t="s">
-        <v>1965</v>
+        <v>1968</v>
       </c>
       <c r="N298" t="s">
         <v>130</v>
       </c>
       <c r="O298" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299" t="s">
-        <v>1966</v>
+        <v>1969</v>
       </c>
       <c r="B299" t="s">
-        <v>1967</v>
+        <v>1970</v>
       </c>
       <c r="C299" t="s">
-        <v>1968</v>
+        <v>1971</v>
       </c>
       <c r="D299"/>
       <c r="E299"/>
       <c r="F299"/>
       <c r="G299"/>
       <c r="H299" t="s">
-        <v>1969</v>
+        <v>1972</v>
       </c>
       <c r="I299" t="s">
-        <v>1926</v>
+        <v>1929</v>
       </c>
       <c r="J299" t="s">
-        <v>1970</v>
+        <v>1973</v>
       </c>
       <c r="K299" t="s">
-        <v>1971</v>
+        <v>1974</v>
       </c>
       <c r="L299"/>
       <c r="M299" t="s">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="N299" t="s">
         <v>130</v>
       </c>
       <c r="O299" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300" t="s">
-        <v>1973</v>
+        <v>1976</v>
       </c>
       <c r="B300" t="s">
-        <v>1974</v>
+        <v>1977</v>
       </c>
       <c r="C300" t="s">
-        <v>1975</v>
+        <v>1978</v>
       </c>
       <c r="D300" t="s">
         <v>44</v>
       </c>
       <c r="E300" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="F300" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="G300"/>
       <c r="H300" t="s">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="I300" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="J300" t="s">
         <v>914</v>
       </c>
       <c r="K300" t="s">
-        <v>1978</v>
+        <v>1981</v>
       </c>
       <c r="L300"/>
       <c r="M300" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="N300" t="s">
         <v>130</v>
       </c>
       <c r="O300" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301" t="s">
-        <v>1980</v>
+        <v>1983</v>
       </c>
       <c r="B301" t="s">
-        <v>1981</v>
+        <v>1984</v>
       </c>
       <c r="C301" t="s">
-        <v>1982</v>
+        <v>1985</v>
       </c>
       <c r="D301" t="s">
         <v>44</v>
       </c>
       <c r="E301" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="F301" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="G301"/>
       <c r="H301" t="s">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="I301" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="J301" t="s">
         <v>914</v>
       </c>
       <c r="K301" t="s">
-        <v>1983</v>
+        <v>1986</v>
       </c>
       <c r="L301"/>
       <c r="M301" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="N301" t="s">
         <v>130</v>
       </c>
       <c r="O301" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302" t="s">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="B302" t="s">
-        <v>1985</v>
+        <v>1988</v>
       </c>
       <c r="C302" t="s">
-        <v>1986</v>
+        <v>1989</v>
       </c>
       <c r="D302" t="s">
         <v>44</v>
       </c>
       <c r="E302" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="F302" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="G302"/>
       <c r="H302" t="s">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="I302" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="J302" t="s">
         <v>914</v>
       </c>
       <c r="K302" t="s">
-        <v>1987</v>
+        <v>1990</v>
       </c>
       <c r="L302"/>
       <c r="M302" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="N302" t="s">
         <v>130</v>
       </c>
       <c r="O302" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303" t="s">
-        <v>1988</v>
+        <v>1991</v>
       </c>
       <c r="B303" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="C303" t="s">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="D303" t="s">
         <v>44</v>
       </c>
       <c r="E303" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="F303" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="G303"/>
       <c r="H303" t="s">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="I303" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="J303" t="s">
         <v>914</v>
       </c>
       <c r="K303" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="L303"/>
       <c r="M303" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="N303" t="s">
         <v>130</v>
       </c>
       <c r="O303" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304" t="s">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="B304" t="s">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="C304" t="s">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="D304" t="s">
         <v>44</v>
       </c>
       <c r="E304" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="F304" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="G304"/>
       <c r="H304" t="s">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="I304" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="J304" t="s">
         <v>914</v>
       </c>
       <c r="K304" t="s">
-        <v>1995</v>
+        <v>1998</v>
       </c>
       <c r="L304"/>
       <c r="M304" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="N304" t="s">
         <v>130</v>
       </c>
       <c r="O304" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305" t="s">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="B305" t="s">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="C305" t="s">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="D305" t="s">
         <v>44</v>
       </c>
       <c r="E305" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="F305" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="I305" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="J305" t="s">
         <v>914</v>
       </c>
       <c r="K305" t="s">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="L305"/>
       <c r="M305" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="N305" t="s">
         <v>130</v>
       </c>
       <c r="O305" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306" t="s">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="B306" t="s">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="C306" t="s">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="D306" t="s">
         <v>44</v>
       </c>
       <c r="E306" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="F306" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="I306" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="J306" t="s">
         <v>914</v>
       </c>
       <c r="K306" t="s">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="L306"/>
       <c r="M306" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="N306" t="s">
         <v>130</v>
       </c>
       <c r="O306" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307"/>
       <c r="B307" t="s">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="C307" t="s">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="D307" t="s">
         <v>18</v>
       </c>
       <c r="E307"/>
       <c r="F307"/>
       <c r="G307"/>
       <c r="H307" t="s">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="I307" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="J307" t="s">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="K307" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="L307" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="M307" t="s">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="N307" t="s">
         <v>139</v>
       </c>
       <c r="O307" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308"/>
       <c r="B308" t="s">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="C308" t="s">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="D308" t="s">
         <v>286</v>
       </c>
       <c r="E308" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="F308" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
       <c r="G308"/>
       <c r="H308" t="s">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I308" t="s">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="J308" t="s">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="K308" t="s">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="L308" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="M308" t="s">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="N308" t="s">
         <v>139</v>
       </c>
       <c r="O308" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309"/>
       <c r="B309" t="s">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="C309" t="s">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="D309" t="s">
         <v>18</v>
       </c>
       <c r="E309"/>
       <c r="F309"/>
       <c r="G309"/>
       <c r="H309" t="s">
         <v>1440</v>
       </c>
       <c r="I309" t="s">
         <v>1435</v>
       </c>
       <c r="J309" t="s">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="K309" t="s">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="L309"/>
       <c r="M309" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="N309" t="s">
         <v>139</v>
       </c>
       <c r="O309" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="B310" t="s">
-        <v>2026</v>
+        <v>2029</v>
       </c>
       <c r="C310"/>
       <c r="D310" t="s">
         <v>841</v>
       </c>
       <c r="E310" t="s">
         <v>547</v>
       </c>
       <c r="F310" t="s">
-        <v>2027</v>
+        <v>2030</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
         <v>741</v>
       </c>
       <c r="I310" t="s">
         <v>1222</v>
       </c>
       <c r="J310" t="s">
         <v>161</v>
       </c>
       <c r="K310" t="s">
-        <v>2028</v>
+        <v>2031</v>
       </c>
       <c r="L310"/>
       <c r="M310" t="s">
-        <v>2029</v>
+        <v>2032</v>
       </c>
       <c r="N310" t="s">
         <v>130</v>
       </c>
       <c r="O310" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311" t="s">
-        <v>2030</v>
+        <v>2033</v>
       </c>
       <c r="B311" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
       <c r="C311" t="s">
-        <v>2032</v>
+        <v>2035</v>
       </c>
       <c r="D311" t="s">
         <v>44</v>
       </c>
       <c r="E311" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="F311" t="s">
         <v>424</v>
       </c>
       <c r="G311"/>
       <c r="H311" t="s">
-        <v>2033</v>
+        <v>2036</v>
       </c>
       <c r="I311" t="s">
-        <v>2034</v>
+        <v>2037</v>
       </c>
       <c r="J311" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="K311" t="s">
-        <v>2035</v>
+        <v>2038</v>
       </c>
       <c r="L311"/>
       <c r="M311" t="s">
-        <v>2036</v>
+        <v>2039</v>
       </c>
       <c r="N311" t="s">
         <v>130</v>
       </c>
       <c r="O311" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312" t="s">
-        <v>2037</v>
+        <v>2040</v>
       </c>
       <c r="B312" t="s">
-        <v>2038</v>
+        <v>2041</v>
       </c>
       <c r="C312" t="s">
-        <v>2039</v>
+        <v>2042</v>
       </c>
       <c r="D312" t="s">
         <v>44</v>
       </c>
       <c r="E312"/>
       <c r="F312"/>
       <c r="G312"/>
       <c r="H312" t="s">
-        <v>2040</v>
+        <v>2043</v>
       </c>
       <c r="I312" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J312" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="K312" t="s">
-        <v>2041</v>
+        <v>2044</v>
       </c>
       <c r="L312"/>
       <c r="M312" t="s">
-        <v>2042</v>
+        <v>2045</v>
       </c>
       <c r="N312" t="s">
         <v>130</v>
       </c>
       <c r="O312" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313" t="s">
-        <v>2043</v>
+        <v>2046</v>
       </c>
       <c r="B313" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="C313" t="s">
-        <v>2045</v>
+        <v>2048</v>
       </c>
       <c r="D313" t="s">
         <v>183</v>
       </c>
       <c r="E313" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F313" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="I313" t="s">
-        <v>1859</v>
+        <v>1862</v>
       </c>
       <c r="J313" t="s">
-        <v>2046</v>
+        <v>2049</v>
       </c>
       <c r="K313" t="s">
-        <v>2047</v>
+        <v>2050</v>
       </c>
       <c r="L313" t="s">
-        <v>2048</v>
+        <v>2051</v>
       </c>
       <c r="M313" t="s">
-        <v>2049</v>
+        <v>2052</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314" t="s">
-        <v>2050</v>
+        <v>2053</v>
       </c>
       <c r="B314" t="s">
-        <v>2051</v>
+        <v>2054</v>
       </c>
       <c r="C314" t="s">
-        <v>2052</v>
+        <v>2055</v>
       </c>
       <c r="D314" t="s">
         <v>123</v>
       </c>
       <c r="E314" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F314" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="G314"/>
       <c r="H314" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="I314" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="J314" t="s">
-        <v>2053</v>
+        <v>2056</v>
       </c>
       <c r="K314" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="L314" t="s">
-        <v>2055</v>
+        <v>2058</v>
       </c>
       <c r="M314" t="s">
-        <v>2049</v>
+        <v>2052</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315" t="s">
-        <v>2056</v>
+        <v>2059</v>
       </c>
       <c r="B315" t="s">
-        <v>2057</v>
+        <v>2060</v>
       </c>
       <c r="C315" t="s">
-        <v>2058</v>
+        <v>2061</v>
       </c>
       <c r="D315" t="s">
-        <v>18</v>
+        <v>286</v>
       </c>
       <c r="E315" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F315" t="s">
         <v>1444</v>
       </c>
       <c r="G315"/>
       <c r="H315" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="I315" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="J315" t="s">
-        <v>2059</v>
+        <v>2062</v>
       </c>
       <c r="K315" t="s">
-        <v>2060</v>
+        <v>2063</v>
       </c>
       <c r="L315" t="s">
-        <v>2061</v>
+        <v>2064</v>
       </c>
       <c r="M315" t="s">
-        <v>2049</v>
+        <v>2052</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316"/>
       <c r="B316" t="s">
-        <v>2062</v>
+        <v>2065</v>
       </c>
       <c r="C316" t="s">
-        <v>2063</v>
+        <v>2066</v>
       </c>
       <c r="D316" t="s">
         <v>308</v>
       </c>
       <c r="E316" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F316" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="G316"/>
       <c r="H316" t="s">
-        <v>2064</v>
+        <v>2067</v>
       </c>
       <c r="I316" t="s">
-        <v>2065</v>
+        <v>2068</v>
       </c>
       <c r="J316" t="s">
-        <v>2066</v>
+        <v>2069</v>
       </c>
       <c r="K316" t="s">
-        <v>2067</v>
+        <v>2070</v>
       </c>
       <c r="L316" t="s">
-        <v>2068</v>
+        <v>2071</v>
       </c>
       <c r="M316" t="s">
-        <v>2069</v>
+        <v>2072</v>
       </c>
       <c r="N316" t="s">
         <v>139</v>
       </c>
       <c r="O316" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317"/>
       <c r="B317" t="s">
-        <v>2070</v>
+        <v>2073</v>
       </c>
       <c r="C317" t="s">
-        <v>2071</v>
+        <v>2074</v>
       </c>
       <c r="D317" t="s">
         <v>308</v>
       </c>
       <c r="E317" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F317" t="s">
-        <v>2072</v>
+        <v>2075</v>
       </c>
       <c r="G317"/>
       <c r="H317" t="s">
-        <v>2064</v>
+        <v>2067</v>
       </c>
       <c r="I317" t="s">
-        <v>2065</v>
+        <v>2068</v>
       </c>
       <c r="J317" t="s">
-        <v>2073</v>
+        <v>2076</v>
       </c>
       <c r="K317" t="s">
-        <v>2074</v>
+        <v>2077</v>
       </c>
       <c r="L317" t="s">
-        <v>2075</v>
+        <v>2078</v>
       </c>
       <c r="M317" t="s">
-        <v>2076</v>
+        <v>2079</v>
       </c>
       <c r="N317" t="s">
         <v>139</v>
       </c>
       <c r="O317" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318" t="s">
-        <v>2077</v>
+        <v>2080</v>
       </c>
       <c r="B318" t="s">
-        <v>2078</v>
+        <v>2081</v>
       </c>
       <c r="C318" t="s">
-        <v>2079</v>
+        <v>2082</v>
       </c>
       <c r="D318" t="s">
         <v>201</v>
       </c>
       <c r="E318" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
       <c r="F318" t="s">
-        <v>2080</v>
+        <v>2083</v>
       </c>
       <c r="G318"/>
       <c r="H318" t="s">
-        <v>2081</v>
+        <v>2084</v>
       </c>
       <c r="I318" t="s">
-        <v>2082</v>
+        <v>2085</v>
       </c>
       <c r="J318" t="s">
         <v>366</v>
       </c>
       <c r="K318" t="s">
-        <v>2083</v>
+        <v>2086</v>
       </c>
       <c r="L318" t="s">
-        <v>2084</v>
+        <v>2087</v>
       </c>
       <c r="M318" t="s">
-        <v>2085</v>
+        <v>2088</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319" t="s">
-        <v>2086</v>
+        <v>2089</v>
       </c>
       <c r="B319" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="C319" t="s">
-        <v>2088</v>
+        <v>2091</v>
       </c>
       <c r="D319" t="s">
         <v>286</v>
       </c>
       <c r="E319" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F319" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="G319"/>
       <c r="H319" t="s">
-        <v>2081</v>
+        <v>2084</v>
       </c>
       <c r="I319" t="s">
-        <v>2082</v>
+        <v>2085</v>
       </c>
       <c r="J319" t="s">
-        <v>2089</v>
+        <v>2092</v>
       </c>
       <c r="K319" t="s">
-        <v>2090</v>
+        <v>2093</v>
       </c>
       <c r="L319" t="s">
-        <v>2091</v>
+        <v>2094</v>
       </c>
       <c r="M319" t="s">
-        <v>2085</v>
+        <v>2088</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320" t="s">
-        <v>2092</v>
+        <v>2095</v>
       </c>
       <c r="B320" t="s">
-        <v>2093</v>
+        <v>2096</v>
       </c>
       <c r="C320" t="s">
-        <v>2094</v>
+        <v>2097</v>
       </c>
       <c r="D320" t="s">
         <v>123</v>
       </c>
       <c r="E320" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F320" t="s">
         <v>462</v>
       </c>
       <c r="G320"/>
       <c r="H320" t="s">
-        <v>2081</v>
+        <v>2084</v>
       </c>
       <c r="I320" t="s">
-        <v>2082</v>
+        <v>2085</v>
       </c>
       <c r="J320" t="s">
-        <v>2095</v>
+        <v>2098</v>
       </c>
       <c r="K320" t="s">
-        <v>2096</v>
+        <v>2099</v>
       </c>
       <c r="L320" t="s">
-        <v>2097</v>
+        <v>2100</v>
       </c>
       <c r="M320" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321" t="s">
-        <v>2099</v>
+        <v>2102</v>
       </c>
       <c r="B321" t="s">
-        <v>2100</v>
+        <v>2103</v>
       </c>
       <c r="C321" t="s">
-        <v>2101</v>
+        <v>2104</v>
       </c>
       <c r="D321" t="s">
         <v>865</v>
       </c>
       <c r="E321" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="F321" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="G321"/>
       <c r="H321" t="s">
-        <v>2081</v>
+        <v>2084</v>
       </c>
       <c r="I321" t="s">
-        <v>2082</v>
+        <v>2085</v>
       </c>
       <c r="J321" t="s">
-        <v>1860</v>
+        <v>1863</v>
       </c>
       <c r="K321" t="s">
-        <v>2102</v>
+        <v>2105</v>
       </c>
       <c r="L321" t="s">
-        <v>2103</v>
+        <v>2106</v>
       </c>
       <c r="M321" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322" t="s">
-        <v>2104</v>
+        <v>2107</v>
       </c>
       <c r="B322" t="s">
-        <v>2105</v>
+        <v>2108</v>
       </c>
       <c r="C322" t="s">
-        <v>2106</v>
+        <v>2109</v>
       </c>
       <c r="D322" t="s">
         <v>485</v>
       </c>
       <c r="E322" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="F322" t="s">
         <v>424</v>
       </c>
       <c r="G322"/>
       <c r="H322" t="s">
-        <v>2081</v>
+        <v>2084</v>
       </c>
       <c r="I322" t="s">
-        <v>2082</v>
+        <v>2085</v>
       </c>
       <c r="J322" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="K322" t="s">
-        <v>2107</v>
+        <v>2110</v>
       </c>
       <c r="L322" t="s">
-        <v>2108</v>
+        <v>2111</v>
       </c>
       <c r="M322" t="s">
-        <v>2109</v>
+        <v>2112</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323" t="s">
-        <v>2110</v>
+        <v>2113</v>
       </c>
       <c r="B323" t="s">
-        <v>2111</v>
+        <v>2114</v>
       </c>
       <c r="C323" t="s">
-        <v>2112</v>
+        <v>2115</v>
       </c>
       <c r="D323" t="s">
         <v>123</v>
       </c>
       <c r="E323" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F323" t="s">
         <v>462</v>
       </c>
       <c r="G323"/>
       <c r="H323" t="s">
-        <v>2081</v>
+        <v>2084</v>
       </c>
       <c r="I323" t="s">
-        <v>2082</v>
+        <v>2085</v>
       </c>
       <c r="J323" t="s">
-        <v>1820</v>
+        <v>1823</v>
       </c>
       <c r="K323" t="s">
-        <v>2113</v>
+        <v>2116</v>
       </c>
       <c r="L323" t="s">
-        <v>2114</v>
+        <v>2117</v>
       </c>
       <c r="M323" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324" t="s">
-        <v>2115</v>
+        <v>2118</v>
       </c>
       <c r="B324" t="s">
-        <v>2116</v>
+        <v>2119</v>
       </c>
       <c r="C324" t="s">
-        <v>2117</v>
+        <v>2120</v>
       </c>
       <c r="D324" t="s">
         <v>286</v>
       </c>
       <c r="E324" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F324" t="s">
         <v>1414</v>
       </c>
       <c r="G324"/>
       <c r="H324" t="s">
-        <v>2081</v>
+        <v>2084</v>
       </c>
       <c r="I324" t="s">
-        <v>2082</v>
+        <v>2085</v>
       </c>
       <c r="J324" t="s">
-        <v>2118</v>
+        <v>2121</v>
       </c>
       <c r="K324" t="s">
-        <v>2119</v>
+        <v>2122</v>
       </c>
       <c r="L324" t="s">
-        <v>2120</v>
+        <v>2123</v>
       </c>
       <c r="M324" t="s">
-        <v>2085</v>
+        <v>2088</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325"/>
       <c r="B325" t="s">
-        <v>2121</v>
+        <v>2124</v>
       </c>
       <c r="C325" t="s">
-        <v>2122</v>
+        <v>2125</v>
       </c>
       <c r="D325" t="s">
         <v>308</v>
       </c>
       <c r="E325" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F325" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="G325"/>
       <c r="H325" t="s">
-        <v>2064</v>
+        <v>2067</v>
       </c>
       <c r="I325" t="s">
-        <v>2065</v>
+        <v>2068</v>
       </c>
       <c r="J325" t="s">
-        <v>2123</v>
+        <v>2126</v>
       </c>
       <c r="K325" t="s">
-        <v>2124</v>
+        <v>2127</v>
       </c>
       <c r="L325" t="s">
-        <v>2125</v>
+        <v>2128</v>
       </c>
       <c r="M325" t="s">
-        <v>2126</v>
+        <v>2129</v>
       </c>
       <c r="N325" t="s">
         <v>139</v>
       </c>
       <c r="O325" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326"/>
       <c r="B326" t="s">
-        <v>2127</v>
+        <v>2130</v>
       </c>
       <c r="C326" t="s">
-        <v>2128</v>
+        <v>2131</v>
       </c>
       <c r="D326" t="s">
         <v>439</v>
       </c>
       <c r="E326"/>
       <c r="F326"/>
       <c r="G326"/>
       <c r="H326" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="I326" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="J326" t="s">
         <v>440</v>
       </c>
       <c r="K326" t="s">
-        <v>2129</v>
+        <v>2132</v>
       </c>
       <c r="L326" t="s">
-        <v>2130</v>
+        <v>2133</v>
       </c>
       <c r="M326" t="s">
-        <v>2131</v>
+        <v>2134</v>
       </c>
       <c r="N326" t="s">
         <v>139</v>
       </c>
       <c r="O326" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327"/>
       <c r="B327" t="s">
-        <v>2132</v>
+        <v>2135</v>
       </c>
       <c r="C327" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="D327" t="s">
         <v>439</v>
       </c>
       <c r="E327"/>
       <c r="F327"/>
       <c r="G327"/>
       <c r="H327" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="I327" t="s">
-        <v>2134</v>
+        <v>2137</v>
       </c>
       <c r="J327" t="s">
         <v>825</v>
       </c>
       <c r="K327" t="s">
-        <v>2135</v>
+        <v>2138</v>
       </c>
       <c r="L327" t="s">
-        <v>2136</v>
+        <v>2139</v>
       </c>
       <c r="M327" t="s">
-        <v>2131</v>
+        <v>2134</v>
       </c>
       <c r="N327" t="s">
         <v>139</v>
       </c>
       <c r="O327" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328"/>
       <c r="B328" t="s">
-        <v>2137</v>
+        <v>2140</v>
       </c>
       <c r="C328" t="s">
-        <v>2138</v>
+        <v>2141</v>
       </c>
       <c r="D328" t="s">
         <v>793</v>
       </c>
       <c r="E328" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F328" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="G328"/>
       <c r="H328" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="I328" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="J328" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="K328" t="s">
-        <v>2139</v>
+        <v>2142</v>
       </c>
       <c r="L328" t="s">
-        <v>2140</v>
+        <v>2143</v>
       </c>
       <c r="M328" t="s">
-        <v>2131</v>
+        <v>2134</v>
       </c>
       <c r="N328" t="s">
         <v>139</v>
       </c>
       <c r="O328" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329"/>
       <c r="B329" t="s">
-        <v>2141</v>
+        <v>2144</v>
       </c>
       <c r="C329" t="s">
-        <v>2142</v>
+        <v>2145</v>
       </c>
       <c r="D329" t="s">
         <v>485</v>
       </c>
       <c r="E329" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="F329" t="s">
         <v>424</v>
       </c>
       <c r="G329"/>
       <c r="H329" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="I329" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="J329" t="s">
-        <v>2143</v>
+        <v>2146</v>
       </c>
       <c r="K329" t="s">
-        <v>2144</v>
+        <v>2147</v>
       </c>
       <c r="L329" t="s">
-        <v>2145</v>
+        <v>2148</v>
       </c>
       <c r="M329" t="s">
-        <v>2131</v>
+        <v>2134</v>
       </c>
       <c r="N329" t="s">
         <v>139</v>
       </c>
       <c r="O329" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330"/>
       <c r="B330" t="s">
-        <v>2146</v>
+        <v>2149</v>
       </c>
       <c r="C330" t="s">
-        <v>2147</v>
+        <v>2150</v>
       </c>
       <c r="D330" t="s">
         <v>18</v>
       </c>
       <c r="E330"/>
       <c r="F330"/>
       <c r="G330"/>
       <c r="H330" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="I330" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="J330" t="s">
-        <v>2148</v>
+        <v>2151</v>
       </c>
       <c r="K330"/>
       <c r="L330" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="M330" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="N330" t="s">
         <v>139</v>
       </c>
       <c r="O330" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331" t="s">
-        <v>2151</v>
+        <v>2154</v>
       </c>
       <c r="B331" t="s">
-        <v>2152</v>
+        <v>2155</v>
       </c>
       <c r="C331" t="s">
-        <v>2153</v>
+        <v>2156</v>
       </c>
       <c r="D331" t="s">
         <v>841</v>
       </c>
       <c r="E331" t="s">
         <v>547</v>
       </c>
       <c r="F331" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="G331"/>
       <c r="H331" t="s">
         <v>1434</v>
       </c>
       <c r="I331" t="s">
-        <v>2154</v>
+        <v>1455</v>
       </c>
       <c r="J331" t="s">
-        <v>2155</v>
+        <v>2157</v>
       </c>
       <c r="K331" t="s">
-        <v>2156</v>
+        <v>2158</v>
       </c>
       <c r="L331" t="s">
-        <v>2157</v>
+        <v>2159</v>
       </c>
       <c r="M331" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332" t="s">
-        <v>2159</v>
+        <v>2161</v>
       </c>
       <c r="B332" t="s">
-        <v>2160</v>
+        <v>2162</v>
       </c>
       <c r="C332" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
       <c r="D332" t="s">
         <v>841</v>
       </c>
       <c r="E332" t="s">
         <v>547</v>
       </c>
       <c r="F332" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="G332"/>
       <c r="H332" t="s">
         <v>1434</v>
       </c>
       <c r="I332" t="s">
-        <v>2154</v>
+        <v>1455</v>
       </c>
       <c r="J332" t="s">
-        <v>2162</v>
+        <v>2164</v>
       </c>
       <c r="K332" t="s">
-        <v>2163</v>
+        <v>2165</v>
       </c>
       <c r="L332" t="s">
-        <v>2164</v>
+        <v>2166</v>
       </c>
       <c r="M332" t="s">
-        <v>2165</v>
+        <v>2167</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333" t="s">
-        <v>2166</v>
+        <v>2168</v>
       </c>
       <c r="B333" t="s">
-        <v>2167</v>
+        <v>2169</v>
       </c>
       <c r="C333" t="s">
-        <v>2168</v>
+        <v>2170</v>
       </c>
       <c r="D333" t="s">
         <v>62</v>
       </c>
       <c r="E333" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F333" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="G333"/>
       <c r="H333" t="s">
         <v>1434</v>
       </c>
       <c r="I333" t="s">
-        <v>2154</v>
+        <v>1455</v>
       </c>
       <c r="J333" t="s">
         <v>65</v>
       </c>
       <c r="K333" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="L333" t="s">
-        <v>2170</v>
+        <v>2172</v>
       </c>
       <c r="M333" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334" t="s">
-        <v>2171</v>
+        <v>2173</v>
       </c>
       <c r="B334" t="s">
-        <v>2172</v>
+        <v>2174</v>
       </c>
       <c r="C334" t="s">
-        <v>2173</v>
+        <v>2175</v>
       </c>
       <c r="D334" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="E334" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F334" t="s">
         <v>1444</v>
       </c>
       <c r="G334"/>
       <c r="H334" t="s">
         <v>1434</v>
       </c>
       <c r="I334" t="s">
-        <v>2154</v>
+        <v>1455</v>
       </c>
       <c r="J334" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="K334" t="s">
-        <v>2175</v>
+        <v>2177</v>
       </c>
       <c r="L334" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
       <c r="M334" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335" t="s">
-        <v>2177</v>
+        <v>2179</v>
       </c>
       <c r="B335" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="C335" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="D335" t="s">
         <v>308</v>
       </c>
       <c r="E335" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F335" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="G335"/>
       <c r="H335" t="s">
         <v>1434</v>
       </c>
       <c r="I335" t="s">
-        <v>2154</v>
+        <v>1455</v>
       </c>
       <c r="J335" t="s">
         <v>194</v>
       </c>
       <c r="K335" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
       <c r="L335" t="s">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="M335" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336" t="s">
-        <v>2182</v>
+        <v>2184</v>
       </c>
       <c r="B336" t="s">
-        <v>2183</v>
+        <v>2185</v>
       </c>
       <c r="C336" t="s">
-        <v>2184</v>
+        <v>2186</v>
       </c>
       <c r="D336" t="s">
         <v>358</v>
       </c>
       <c r="E336" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
       <c r="F336" t="s">
         <v>46</v>
       </c>
       <c r="G336"/>
       <c r="H336" t="s">
         <v>1434</v>
       </c>
       <c r="I336" t="s">
-        <v>2154</v>
+        <v>1455</v>
       </c>
       <c r="J336" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="K336" t="s">
-        <v>2185</v>
+        <v>2187</v>
       </c>
       <c r="L336" t="s">
-        <v>2186</v>
+        <v>2188</v>
       </c>
       <c r="M336" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337" t="s">
-        <v>2187</v>
+        <v>2189</v>
       </c>
       <c r="B337" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
       <c r="C337" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
       <c r="D337" t="s">
         <v>123</v>
       </c>
       <c r="E337" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="F337" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="G337"/>
       <c r="H337" t="s">
         <v>1434</v>
       </c>
       <c r="I337" t="s">
-        <v>2154</v>
+        <v>1455</v>
       </c>
       <c r="J337" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="K337" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
       <c r="L337" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="M337" t="s">
-        <v>2165</v>
+        <v>2167</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="B338" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="C338" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="D338" t="s">
         <v>485</v>
       </c>
       <c r="E338" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="F338" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
       <c r="G338"/>
       <c r="H338" t="s">
         <v>1434</v>
       </c>
       <c r="I338" t="s">
-        <v>2154</v>
+        <v>1455</v>
       </c>
       <c r="J338" t="s">
         <v>341</v>
       </c>
       <c r="K338" t="s">
-        <v>2196</v>
+        <v>2198</v>
       </c>
       <c r="L338" t="s">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="M338" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339" t="s">
-        <v>2198</v>
+        <v>2200</v>
       </c>
       <c r="B339" t="s">
-        <v>2199</v>
+        <v>2201</v>
       </c>
       <c r="C339" t="s">
-        <v>2200</v>
+        <v>2202</v>
       </c>
       <c r="D339" t="s">
         <v>431</v>
       </c>
       <c r="E339" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F339" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="G339"/>
       <c r="H339" t="s">
         <v>1434</v>
       </c>
       <c r="I339" t="s">
-        <v>2154</v>
+        <v>1455</v>
       </c>
       <c r="J339" t="s">
         <v>831</v>
       </c>
       <c r="K339" t="s">
-        <v>2201</v>
+        <v>2203</v>
       </c>
       <c r="L339" t="s">
-        <v>2202</v>
+        <v>2204</v>
       </c>
       <c r="M339" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340" t="s">
-        <v>2203</v>
+        <v>2205</v>
       </c>
       <c r="B340" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="C340" t="s">
-        <v>2205</v>
+        <v>2207</v>
       </c>
       <c r="D340" t="s">
         <v>793</v>
       </c>
       <c r="E340" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F340" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="G340"/>
       <c r="H340" t="s">
         <v>1434</v>
       </c>
       <c r="I340" t="s">
-        <v>2154</v>
+        <v>1455</v>
       </c>
       <c r="J340" t="s">
         <v>296</v>
       </c>
       <c r="K340" t="s">
-        <v>2206</v>
+        <v>2208</v>
       </c>
       <c r="L340" t="s">
-        <v>2207</v>
+        <v>2209</v>
       </c>
       <c r="M340" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341" t="s">
-        <v>2208</v>
+        <v>2210</v>
       </c>
       <c r="B341" t="s">
-        <v>2209</v>
+        <v>2211</v>
       </c>
       <c r="C341" t="s">
-        <v>2210</v>
+        <v>2212</v>
       </c>
       <c r="D341" t="s">
         <v>18</v>
       </c>
       <c r="E341" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="F341" t="s">
-        <v>1630</v>
+        <v>1633</v>
       </c>
       <c r="G341"/>
       <c r="H341" t="s">
         <v>1434</v>
       </c>
       <c r="I341" t="s">
-        <v>2154</v>
+        <v>1455</v>
       </c>
       <c r="J341" t="s">
-        <v>2211</v>
+        <v>2213</v>
       </c>
       <c r="K341" t="s">
-        <v>2212</v>
+        <v>2214</v>
       </c>
       <c r="L341" t="s">
-        <v>2213</v>
+        <v>2215</v>
       </c>
       <c r="M341" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342" t="s">
-        <v>2214</v>
+        <v>2216</v>
       </c>
       <c r="B342" t="s">
-        <v>2215</v>
+        <v>2217</v>
       </c>
       <c r="C342" t="s">
-        <v>2216</v>
+        <v>2218</v>
       </c>
       <c r="D342" t="s">
         <v>183</v>
       </c>
       <c r="E342" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F342" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="G342"/>
       <c r="H342" t="s">
         <v>1434</v>
       </c>
       <c r="I342" t="s">
-        <v>2154</v>
+        <v>1455</v>
       </c>
       <c r="J342" t="s">
         <v>56</v>
       </c>
       <c r="K342" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="L342" t="s">
-        <v>2218</v>
+        <v>2220</v>
       </c>
       <c r="M342" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343" t="s">
-        <v>2219</v>
+        <v>2221</v>
       </c>
       <c r="B343" t="s">
-        <v>2220</v>
+        <v>2222</v>
       </c>
       <c r="C343" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
       <c r="D343" t="s">
         <v>183</v>
       </c>
       <c r="E343" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F343" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="G343"/>
       <c r="H343" t="s">
         <v>1434</v>
       </c>
       <c r="I343" t="s">
-        <v>2154</v>
+        <v>1455</v>
       </c>
       <c r="J343" t="s">
         <v>533</v>
       </c>
       <c r="K343" t="s">
-        <v>2222</v>
+        <v>2224</v>
       </c>
       <c r="L343" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="M343" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344" t="s">
-        <v>2223</v>
+        <v>2225</v>
       </c>
       <c r="B344" t="s">
-        <v>2224</v>
+        <v>2226</v>
       </c>
       <c r="C344" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
       <c r="D344" t="s">
         <v>358</v>
       </c>
       <c r="E344" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="F344" t="s">
         <v>424</v>
       </c>
       <c r="G344"/>
       <c r="H344" t="s">
-        <v>2226</v>
+        <v>2228</v>
       </c>
       <c r="I344" t="s">
-        <v>2227</v>
+        <v>2229</v>
       </c>
       <c r="J344" t="s">
         <v>807</v>
       </c>
       <c r="K344" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="L344" t="s">
-        <v>2229</v>
+        <v>2231</v>
       </c>
       <c r="M344" t="s">
-        <v>2230</v>
+        <v>2232</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345" t="s">
-        <v>2231</v>
+        <v>2233</v>
       </c>
       <c r="B345" t="s">
-        <v>2232</v>
+        <v>2234</v>
       </c>
       <c r="C345" t="s">
-        <v>2233</v>
+        <v>2235</v>
       </c>
       <c r="D345" t="s">
         <v>439</v>
       </c>
       <c r="E345" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="F345" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="G345"/>
       <c r="H345" t="s">
-        <v>2226</v>
+        <v>2228</v>
       </c>
       <c r="I345" t="s">
-        <v>2227</v>
+        <v>2229</v>
       </c>
       <c r="J345" t="s">
         <v>440</v>
       </c>
       <c r="K345" t="s">
-        <v>2234</v>
+        <v>2236</v>
       </c>
       <c r="L345" t="s">
-        <v>2235</v>
+        <v>2237</v>
       </c>
       <c r="M345" t="s">
-        <v>2236</v>
+        <v>2238</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346" t="s">
-        <v>2237</v>
+        <v>2239</v>
       </c>
       <c r="B346" t="s">
-        <v>2238</v>
+        <v>2240</v>
       </c>
       <c r="C346" t="s">
-        <v>2239</v>
+        <v>2241</v>
       </c>
       <c r="D346" t="s">
         <v>793</v>
       </c>
       <c r="E346" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F346" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
-        <v>2226</v>
+        <v>2228</v>
       </c>
       <c r="I346" t="s">
-        <v>2227</v>
+        <v>2229</v>
       </c>
       <c r="J346" t="s">
-        <v>2240</v>
+        <v>2242</v>
       </c>
       <c r="K346" t="s">
-        <v>2241</v>
+        <v>2243</v>
       </c>
       <c r="L346" t="s">
-        <v>2242</v>
+        <v>2244</v>
       </c>
       <c r="M346" t="s">
-        <v>2236</v>
+        <v>2238</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347" t="s">
-        <v>2243</v>
+        <v>2245</v>
       </c>
       <c r="B347" t="s">
-        <v>2244</v>
+        <v>2246</v>
       </c>
       <c r="C347" t="s">
-        <v>2245</v>
+        <v>2247</v>
       </c>
       <c r="D347" t="s">
         <v>18</v>
       </c>
       <c r="E347" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="F347" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
       <c r="I347" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="J347" t="s">
         <v>1170</v>
       </c>
       <c r="K347" t="s">
-        <v>2247</v>
+        <v>2249</v>
       </c>
       <c r="L347"/>
       <c r="M347" t="s">
-        <v>2248</v>
+        <v>2250</v>
       </c>
       <c r="N347" t="s">
         <v>130</v>
       </c>
       <c r="O347" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348" t="s">
-        <v>2249</v>
+        <v>2251</v>
       </c>
       <c r="B348" t="s">
-        <v>2250</v>
+        <v>2252</v>
       </c>
       <c r="C348" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
       <c r="D348" t="s">
         <v>183</v>
       </c>
       <c r="E348" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F348" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
-        <v>2252</v>
+        <v>2254</v>
       </c>
       <c r="I348" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="J348" t="s">
         <v>970</v>
       </c>
       <c r="K348" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
       <c r="L348" t="s">
-        <v>2254</v>
+        <v>2256</v>
       </c>
       <c r="M348" t="s">
-        <v>2255</v>
+        <v>2257</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349" t="s">
-        <v>2256</v>
+        <v>2258</v>
       </c>
       <c r="B349" t="s">
-        <v>2257</v>
+        <v>2259</v>
       </c>
       <c r="C349" t="s">
-        <v>2258</v>
+        <v>2260</v>
       </c>
       <c r="D349" t="s">
         <v>901</v>
       </c>
       <c r="E349" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="F349" t="s">
-        <v>1893</v>
+        <v>1896</v>
       </c>
       <c r="G349"/>
       <c r="H349" t="s">
-        <v>2252</v>
+        <v>2254</v>
       </c>
       <c r="I349" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="J349" t="s">
-        <v>2259</v>
+        <v>2261</v>
       </c>
       <c r="K349" t="s">
-        <v>2260</v>
+        <v>2262</v>
       </c>
       <c r="L349" t="s">
-        <v>2261</v>
+        <v>2263</v>
       </c>
       <c r="M349" t="s">
-        <v>2255</v>
+        <v>2257</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350" t="s">
-        <v>2262</v>
+        <v>2264</v>
       </c>
       <c r="B350" t="s">
-        <v>2263</v>
+        <v>2265</v>
       </c>
       <c r="C350" t="s">
-        <v>2264</v>
+        <v>2266</v>
       </c>
       <c r="D350" t="s">
         <v>431</v>
       </c>
       <c r="E350" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F350" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="G350"/>
       <c r="H350" t="s">
-        <v>2252</v>
+        <v>2254</v>
       </c>
       <c r="I350" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="J350" t="s">
-        <v>2265</v>
+        <v>2267</v>
       </c>
       <c r="K350" t="s">
-        <v>2266</v>
+        <v>2268</v>
       </c>
       <c r="L350" t="s">
-        <v>2267</v>
+        <v>2269</v>
       </c>
       <c r="M350" t="s">
-        <v>2255</v>
+        <v>2257</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="B351" t="s">
-        <v>2269</v>
+        <v>2271</v>
       </c>
       <c r="C351" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
       <c r="D351" t="s">
         <v>793</v>
       </c>
       <c r="E351" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F351" t="s">
-        <v>1619</v>
+        <v>1622</v>
       </c>
       <c r="G351"/>
       <c r="H351" t="s">
-        <v>2252</v>
+        <v>2254</v>
       </c>
       <c r="I351" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="J351" t="s">
         <v>796</v>
       </c>
       <c r="K351" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="L351" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="M351" t="s">
-        <v>2272</v>
+        <v>2274</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352" t="s">
-        <v>2273</v>
+        <v>2275</v>
       </c>
       <c r="B352" t="s">
-        <v>2274</v>
+        <v>2276</v>
       </c>
       <c r="C352" t="s">
-        <v>2275</v>
+        <v>2277</v>
       </c>
       <c r="D352" t="s">
         <v>308</v>
       </c>
       <c r="E352" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F352" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="G352"/>
       <c r="H352" t="s">
-        <v>2276</v>
+        <v>2278</v>
       </c>
       <c r="I352" t="s">
-        <v>2277</v>
+        <v>2279</v>
       </c>
       <c r="J352" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="K352" t="s">
-        <v>2278</v>
+        <v>2280</v>
       </c>
       <c r="L352" t="s">
-        <v>2279</v>
+        <v>2281</v>
       </c>
       <c r="M352" t="s">
-        <v>2280</v>
+        <v>2282</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353" t="s">
-        <v>2281</v>
+        <v>2283</v>
       </c>
       <c r="B353" t="s">
-        <v>2282</v>
+        <v>2284</v>
       </c>
       <c r="C353" t="s">
-        <v>2283</v>
+        <v>2285</v>
       </c>
       <c r="D353" t="s">
         <v>308</v>
       </c>
       <c r="E353" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F353" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="G353"/>
       <c r="H353" t="s">
-        <v>2276</v>
+        <v>2278</v>
       </c>
       <c r="I353" t="s">
-        <v>2277</v>
+        <v>2279</v>
       </c>
       <c r="J353" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="K353" t="s">
-        <v>2284</v>
+        <v>2286</v>
       </c>
       <c r="L353" t="s">
-        <v>2285</v>
+        <v>2287</v>
       </c>
       <c r="M353" t="s">
-        <v>2280</v>
+        <v>2282</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354" t="s">
-        <v>2286</v>
+        <v>2288</v>
       </c>
       <c r="B354" t="s">
-        <v>2287</v>
+        <v>2289</v>
       </c>
       <c r="C354" t="s">
-        <v>2288</v>
+        <v>2290</v>
       </c>
       <c r="D354" t="s">
         <v>485</v>
       </c>
       <c r="E354" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="F354" t="s">
         <v>424</v>
       </c>
       <c r="G354"/>
       <c r="H354" t="s">
-        <v>2276</v>
+        <v>2278</v>
       </c>
       <c r="I354" t="s">
-        <v>2277</v>
+        <v>2279</v>
       </c>
       <c r="J354" t="s">
         <v>247</v>
       </c>
       <c r="K354" t="s">
-        <v>2289</v>
+        <v>2291</v>
       </c>
       <c r="L354" t="s">
-        <v>2290</v>
+        <v>2292</v>
       </c>
       <c r="M354" t="s">
-        <v>2291</v>
+        <v>2293</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355" t="s">
-        <v>2292</v>
+        <v>2294</v>
       </c>
       <c r="B355" t="s">
-        <v>2293</v>
+        <v>2295</v>
       </c>
       <c r="C355"/>
       <c r="D355"/>
       <c r="E355"/>
       <c r="F355"/>
       <c r="G355"/>
       <c r="H355" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I355" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="J355" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="K355" t="s">
-        <v>2294</v>
+        <v>2296</v>
       </c>
       <c r="L355"/>
       <c r="M355" t="s">
-        <v>2295</v>
+        <v>2297</v>
       </c>
       <c r="N355" t="s">
         <v>139</v>
       </c>
       <c r="O355" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356" t="s">
-        <v>2296</v>
+        <v>2298</v>
       </c>
       <c r="B356" t="s">
-        <v>2297</v>
+        <v>2299</v>
       </c>
       <c r="C356"/>
       <c r="D356"/>
       <c r="E356"/>
       <c r="F356"/>
       <c r="G356"/>
       <c r="H356" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I356" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="J356" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="K356" t="s">
-        <v>2294</v>
+        <v>2296</v>
       </c>
       <c r="L356"/>
       <c r="M356" t="s">
-        <v>2295</v>
+        <v>2297</v>
       </c>
       <c r="N356" t="s">
         <v>139</v>
       </c>
       <c r="O356" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357" t="s">
-        <v>2298</v>
+        <v>2300</v>
       </c>
       <c r="B357" t="s">
-        <v>2299</v>
+        <v>2301</v>
       </c>
       <c r="C357" t="s">
-        <v>2300</v>
+        <v>2302</v>
       </c>
       <c r="D357" t="s">
         <v>183</v>
       </c>
       <c r="E357" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F357" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="G357"/>
       <c r="H357" t="s">
-        <v>2301</v>
+        <v>2303</v>
       </c>
       <c r="I357" t="s">
-        <v>2302</v>
+        <v>2304</v>
       </c>
       <c r="J357" t="s">
         <v>742</v>
       </c>
       <c r="K357" t="s">
-        <v>2303</v>
+        <v>2305</v>
       </c>
       <c r="L357"/>
       <c r="M357" t="s">
-        <v>2304</v>
+        <v>2306</v>
       </c>
       <c r="N357" t="s">
         <v>130</v>
       </c>
       <c r="O357" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358"/>
       <c r="B358" t="s">
-        <v>2305</v>
+        <v>2307</v>
       </c>
       <c r="C358" t="s">
-        <v>2306</v>
+        <v>2308</v>
       </c>
       <c r="D358" t="s">
         <v>380</v>
       </c>
       <c r="E358" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F358" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="G358"/>
       <c r="H358" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="I358" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="J358" t="s">
-        <v>2307</v>
+        <v>2309</v>
       </c>
       <c r="K358"/>
       <c r="L358" t="s">
-        <v>2308</v>
+        <v>2310</v>
       </c>
       <c r="M358" t="s">
-        <v>2309</v>
+        <v>2311</v>
       </c>
       <c r="N358" t="s">
         <v>139</v>
       </c>
       <c r="O358" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359" t="s">
-        <v>2310</v>
+        <v>2312</v>
       </c>
       <c r="B359" t="s">
-        <v>2311</v>
+        <v>2313</v>
       </c>
       <c r="C359" t="s">
-        <v>2312</v>
+        <v>2314</v>
       </c>
       <c r="D359" t="s">
         <v>62</v>
       </c>
       <c r="E359" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F359" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="I359" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="J359" t="s">
         <v>127</v>
       </c>
       <c r="K359" t="s">
-        <v>2315</v>
+        <v>2317</v>
       </c>
       <c r="L359" t="s">
-        <v>2316</v>
+        <v>2318</v>
       </c>
       <c r="M359" t="s">
-        <v>2317</v>
+        <v>2319</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360" t="s">
-        <v>2318</v>
+        <v>2320</v>
       </c>
       <c r="B360" t="s">
-        <v>2319</v>
+        <v>2321</v>
       </c>
       <c r="C360" t="s">
-        <v>2320</v>
+        <v>2322</v>
       </c>
       <c r="D360" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="E360" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F360" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="I360" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="J360" t="s">
-        <v>2321</v>
+        <v>2323</v>
       </c>
       <c r="K360" t="s">
-        <v>2322</v>
+        <v>2324</v>
       </c>
       <c r="L360" t="s">
-        <v>2323</v>
+        <v>2325</v>
       </c>
       <c r="M360" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361" t="s">
-        <v>2325</v>
+        <v>2327</v>
       </c>
       <c r="B361" t="s">
-        <v>2326</v>
+        <v>2328</v>
       </c>
       <c r="C361" t="s">
-        <v>2327</v>
+        <v>2329</v>
       </c>
       <c r="D361" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="E361" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F361" t="s">
-        <v>2328</v>
+        <v>2330</v>
       </c>
       <c r="G361"/>
       <c r="H361" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="I361" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="J361" t="s">
-        <v>2329</v>
+        <v>2331</v>
       </c>
       <c r="K361" t="s">
-        <v>2330</v>
+        <v>2332</v>
       </c>
       <c r="L361" t="s">
-        <v>2331</v>
+        <v>2333</v>
       </c>
       <c r="M361" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362" t="s">
-        <v>2332</v>
+        <v>2334</v>
       </c>
       <c r="B362" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="C362" t="s">
-        <v>2334</v>
+        <v>2336</v>
       </c>
       <c r="D362" t="s">
         <v>358</v>
       </c>
       <c r="E362" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F362" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="G362"/>
       <c r="H362" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="I362" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="J362" t="s">
         <v>933</v>
       </c>
       <c r="K362" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="L362" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
       <c r="M362" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363" t="s">
-        <v>2337</v>
+        <v>2339</v>
       </c>
       <c r="B363" t="s">
-        <v>2338</v>
+        <v>2340</v>
       </c>
       <c r="C363" t="s">
-        <v>2339</v>
+        <v>2341</v>
       </c>
       <c r="D363" t="s">
         <v>358</v>
       </c>
       <c r="E363" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
       <c r="F363" t="s">
         <v>46</v>
       </c>
       <c r="G363"/>
       <c r="H363" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="I363" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="J363" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="K363" t="s">
-        <v>2340</v>
+        <v>2342</v>
       </c>
       <c r="L363" t="s">
-        <v>2341</v>
+        <v>2343</v>
       </c>
       <c r="M363" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364" t="s">
-        <v>2342</v>
+        <v>2344</v>
       </c>
       <c r="B364" t="s">
-        <v>2343</v>
+        <v>2345</v>
       </c>
       <c r="C364" t="s">
-        <v>2344</v>
+        <v>2346</v>
       </c>
       <c r="D364" t="s">
         <v>201</v>
       </c>
       <c r="E364" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
       <c r="F364" t="s">
         <v>46</v>
       </c>
       <c r="G364"/>
       <c r="H364" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="I364" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="J364" t="s">
-        <v>2340</v>
+        <v>2342</v>
       </c>
       <c r="K364" t="s">
-        <v>2345</v>
+        <v>2347</v>
       </c>
       <c r="L364" t="s">
-        <v>2346</v>
+        <v>2348</v>
       </c>
       <c r="M364" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365" t="s">
-        <v>2347</v>
+        <v>2349</v>
       </c>
       <c r="B365" t="s">
-        <v>2348</v>
+        <v>2350</v>
       </c>
       <c r="C365" t="s">
-        <v>2349</v>
+        <v>2351</v>
       </c>
       <c r="D365" t="s">
         <v>201</v>
       </c>
       <c r="E365" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
       <c r="F365" t="s">
-        <v>2080</v>
+        <v>2083</v>
       </c>
       <c r="G365"/>
       <c r="H365" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="I365" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="J365" t="s">
         <v>1130</v>
       </c>
       <c r="K365" t="s">
-        <v>2350</v>
+        <v>2352</v>
       </c>
       <c r="L365" t="s">
-        <v>2351</v>
+        <v>2353</v>
       </c>
       <c r="M365" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366" t="s">
-        <v>2352</v>
+        <v>2354</v>
       </c>
       <c r="B366" t="s">
-        <v>2353</v>
+        <v>2355</v>
       </c>
       <c r="C366" t="s">
-        <v>2354</v>
+        <v>2356</v>
       </c>
       <c r="D366" t="s">
         <v>201</v>
       </c>
       <c r="E366" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F366" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="G366"/>
       <c r="H366" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="I366" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="J366" t="s">
         <v>750</v>
       </c>
       <c r="K366" t="s">
-        <v>2355</v>
+        <v>2357</v>
       </c>
       <c r="L366" t="s">
-        <v>2356</v>
+        <v>2358</v>
       </c>
       <c r="M366" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367" t="s">
-        <v>2357</v>
+        <v>2359</v>
       </c>
       <c r="B367" t="s">
-        <v>2358</v>
+        <v>2360</v>
       </c>
       <c r="C367" t="s">
-        <v>2359</v>
+        <v>2361</v>
       </c>
       <c r="D367" t="s">
         <v>201</v>
       </c>
       <c r="E367" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F367" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="G367"/>
       <c r="H367" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="I367" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="J367" t="s">
         <v>742</v>
       </c>
       <c r="K367" t="s">
-        <v>2360</v>
+        <v>2362</v>
       </c>
       <c r="L367" t="s">
-        <v>2361</v>
+        <v>2363</v>
       </c>
       <c r="M367" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368" t="s">
-        <v>2362</v>
+        <v>2364</v>
       </c>
       <c r="B368" t="s">
-        <v>2363</v>
+        <v>2365</v>
       </c>
       <c r="C368" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="D368" t="s">
         <v>123</v>
       </c>
       <c r="E368" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F368" t="s">
-        <v>2072</v>
+        <v>2075</v>
       </c>
       <c r="G368"/>
       <c r="H368" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="I368" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="J368" t="s">
-        <v>2365</v>
+        <v>2367</v>
       </c>
       <c r="K368" t="s">
-        <v>2366</v>
+        <v>2368</v>
       </c>
       <c r="L368" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="M368" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369" t="s">
-        <v>2369</v>
+        <v>2371</v>
       </c>
       <c r="B369" t="s">
-        <v>2370</v>
+        <v>2372</v>
       </c>
       <c r="C369" t="s">
-        <v>2371</v>
+        <v>2373</v>
       </c>
       <c r="D369" t="s">
         <v>431</v>
       </c>
       <c r="E369" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F369" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="G369"/>
       <c r="H369" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="I369" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="J369" t="s">
         <v>95</v>
       </c>
       <c r="K369" t="s">
-        <v>2372</v>
+        <v>2374</v>
       </c>
       <c r="L369" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="M369" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="B370" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
       <c r="C370" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="D370" t="s">
         <v>431</v>
       </c>
       <c r="E370" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F370" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="G370"/>
       <c r="H370" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="I370" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="J370" t="s">
         <v>1089</v>
       </c>
       <c r="K370" t="s">
-        <v>2377</v>
+        <v>2379</v>
       </c>
       <c r="L370" t="s">
-        <v>2378</v>
+        <v>2380</v>
       </c>
       <c r="M370" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371" t="s">
-        <v>2379</v>
+        <v>2381</v>
       </c>
       <c r="B371" t="s">
-        <v>2380</v>
+        <v>2382</v>
       </c>
       <c r="C371" t="s">
-        <v>2381</v>
+        <v>2383</v>
       </c>
       <c r="D371" t="s">
         <v>485</v>
       </c>
       <c r="E371" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="F371" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="I371" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="J371" t="s">
         <v>278</v>
       </c>
       <c r="K371" t="s">
-        <v>2382</v>
+        <v>2384</v>
       </c>
       <c r="L371" t="s">
-        <v>2383</v>
+        <v>2385</v>
       </c>
       <c r="M371" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372"/>
       <c r="B372" t="s">
-        <v>2384</v>
+        <v>2386</v>
       </c>
       <c r="C372" t="s">
-        <v>2385</v>
+        <v>2387</v>
       </c>
       <c r="D372" t="s">
         <v>44</v>
       </c>
       <c r="E372" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F372" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="G372"/>
       <c r="H372" t="s">
-        <v>2064</v>
+        <v>2067</v>
       </c>
       <c r="I372" t="s">
-        <v>2065</v>
+        <v>2068</v>
       </c>
       <c r="J372" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="K372" t="s">
-        <v>2386</v>
+        <v>2388</v>
       </c>
       <c r="L372" t="s">
-        <v>2387</v>
+        <v>2389</v>
       </c>
       <c r="M372" t="s">
-        <v>2388</v>
+        <v>2390</v>
       </c>
       <c r="N372" t="s">
         <v>139</v>
       </c>
       <c r="O372" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373"/>
       <c r="B373" t="s">
-        <v>2389</v>
+        <v>2391</v>
       </c>
       <c r="C373" t="s">
-        <v>2390</v>
+        <v>2392</v>
       </c>
       <c r="D373" t="s">
         <v>308</v>
       </c>
       <c r="E373" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F373" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="G373"/>
       <c r="H373" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="I373" t="s">
-        <v>2391</v>
+        <v>2393</v>
       </c>
       <c r="J373" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="K373"/>
       <c r="L373" t="s">
-        <v>2392</v>
+        <v>2394</v>
       </c>
       <c r="M373" t="s">
         <v>1027</v>
       </c>
       <c r="N373" t="s">
         <v>139</v>
       </c>
       <c r="O373" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374"/>
       <c r="B374" t="s">
-        <v>2393</v>
+        <v>2395</v>
       </c>
       <c r="C374" t="s">
-        <v>2394</v>
+        <v>2396</v>
       </c>
       <c r="D374" t="s">
         <v>485</v>
       </c>
       <c r="E374" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="F374" t="s">
         <v>424</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="I374" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="J374" t="s">
         <v>247</v>
       </c>
       <c r="K374" t="s">
-        <v>2395</v>
+        <v>2397</v>
       </c>
       <c r="L374" t="s">
-        <v>2290</v>
+        <v>2292</v>
       </c>
       <c r="M374" t="s">
-        <v>2396</v>
+        <v>2398</v>
       </c>
       <c r="N374" t="s">
         <v>139</v>
       </c>
       <c r="O374" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375" t="s">
-        <v>2397</v>
+        <v>2399</v>
       </c>
       <c r="B375" t="s">
-        <v>2398</v>
+        <v>2400</v>
       </c>
       <c r="C375" t="s">
-        <v>2399</v>
+        <v>2401</v>
       </c>
       <c r="D375" t="s">
         <v>308</v>
       </c>
       <c r="E375" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="F375" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="G375"/>
       <c r="H375" t="s">
-        <v>2400</v>
+        <v>2402</v>
       </c>
       <c r="I375" t="s">
-        <v>2401</v>
+        <v>2403</v>
       </c>
       <c r="J375" t="s">
-        <v>2123</v>
+        <v>2126</v>
       </c>
       <c r="K375" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="L375" t="s">
-        <v>2403</v>
+        <v>2405</v>
       </c>
       <c r="M375" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376" t="s">
-        <v>2405</v>
+        <v>2407</v>
       </c>
       <c r="B376" t="s">
-        <v>2406</v>
+        <v>2408</v>
       </c>
       <c r="C376" t="s">
-        <v>2407</v>
+        <v>2409</v>
       </c>
       <c r="D376" t="s">
         <v>358</v>
       </c>
       <c r="E376" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F376" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="G376"/>
       <c r="H376" t="s">
-        <v>2400</v>
+        <v>2402</v>
       </c>
       <c r="I376" t="s">
-        <v>2401</v>
+        <v>2403</v>
       </c>
       <c r="J376" t="s">
-        <v>2408</v>
+        <v>2410</v>
       </c>
       <c r="K376" t="s">
-        <v>2409</v>
+        <v>2411</v>
       </c>
       <c r="L376" t="s">
-        <v>2410</v>
+        <v>2412</v>
       </c>
       <c r="M376" t="s">
-        <v>2411</v>
+        <v>2413</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377" t="s">
-        <v>2412</v>
+        <v>2414</v>
       </c>
       <c r="B377" t="s">
-        <v>2413</v>
+        <v>2415</v>
       </c>
       <c r="C377" t="s">
-        <v>2414</v>
+        <v>2416</v>
       </c>
       <c r="D377" t="s">
         <v>201</v>
       </c>
       <c r="E377" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
       <c r="F377" t="s">
-        <v>2080</v>
+        <v>2083</v>
       </c>
       <c r="G377"/>
       <c r="H377" t="s">
-        <v>2400</v>
+        <v>2402</v>
       </c>
       <c r="I377" t="s">
-        <v>2401</v>
+        <v>2403</v>
       </c>
       <c r="J377" t="s">
         <v>366</v>
       </c>
       <c r="K377" t="s">
-        <v>2415</v>
+        <v>2417</v>
       </c>
       <c r="L377" t="s">
-        <v>2416</v>
+        <v>2418</v>
       </c>
       <c r="M377" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378" t="s">
-        <v>2417</v>
+        <v>2419</v>
       </c>
       <c r="B378" t="s">
-        <v>2418</v>
+        <v>2420</v>
       </c>
       <c r="C378" t="s">
-        <v>2419</v>
+        <v>2421</v>
       </c>
       <c r="D378" t="s">
         <v>183</v>
       </c>
       <c r="E378" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F378" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="G378"/>
       <c r="H378" t="s">
-        <v>2400</v>
+        <v>2402</v>
       </c>
       <c r="I378" t="s">
-        <v>2082</v>
+        <v>2085</v>
       </c>
       <c r="J378" t="s">
-        <v>2046</v>
+        <v>2049</v>
       </c>
       <c r="K378" t="s">
-        <v>2420</v>
+        <v>2422</v>
       </c>
       <c r="L378" t="s">
-        <v>2421</v>
+        <v>2423</v>
       </c>
       <c r="M378" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379" t="s">
-        <v>2422</v>
+        <v>2424</v>
       </c>
       <c r="B379" t="s">
-        <v>2423</v>
+        <v>2425</v>
       </c>
       <c r="C379" t="s">
-        <v>2424</v>
+        <v>2426</v>
       </c>
       <c r="D379" t="s">
         <v>358</v>
       </c>
       <c r="E379" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F379" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="G379"/>
       <c r="H379" t="s">
-        <v>2400</v>
+        <v>2402</v>
       </c>
       <c r="I379" t="s">
-        <v>2401</v>
+        <v>2403</v>
       </c>
       <c r="J379" t="s">
         <v>526</v>
       </c>
       <c r="K379" t="s">
-        <v>2425</v>
+        <v>2427</v>
       </c>
       <c r="L379" t="s">
-        <v>2426</v>
+        <v>2428</v>
       </c>
       <c r="M379" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380" t="s">
-        <v>2427</v>
+        <v>2429</v>
       </c>
       <c r="B380" t="s">
-        <v>2428</v>
+        <v>2430</v>
       </c>
       <c r="C380" t="s">
-        <v>2429</v>
+        <v>2431</v>
       </c>
       <c r="D380" t="s">
         <v>358</v>
       </c>
       <c r="E380" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F380" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="G380"/>
       <c r="H380" t="s">
-        <v>2400</v>
+        <v>2402</v>
       </c>
       <c r="I380" t="s">
-        <v>2401</v>
+        <v>2403</v>
       </c>
       <c r="J380" t="s">
         <v>742</v>
       </c>
       <c r="K380" t="s">
-        <v>2430</v>
+        <v>2432</v>
       </c>
       <c r="L380" t="s">
-        <v>2431</v>
+        <v>2433</v>
       </c>
       <c r="M380" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381" t="s">
-        <v>2432</v>
+        <v>2434</v>
       </c>
       <c r="B381" t="s">
-        <v>2433</v>
+        <v>2435</v>
       </c>
       <c r="C381" t="s">
-        <v>2434</v>
+        <v>2436</v>
       </c>
       <c r="D381" t="s">
         <v>439</v>
       </c>
       <c r="E381" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F381" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="G381"/>
       <c r="H381" t="s">
-        <v>2400</v>
+        <v>2402</v>
       </c>
       <c r="I381" t="s">
-        <v>2401</v>
+        <v>2403</v>
       </c>
       <c r="J381" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="K381" t="s">
-        <v>2435</v>
+        <v>2437</v>
       </c>
       <c r="L381" t="s">
-        <v>2436</v>
+        <v>2438</v>
       </c>
       <c r="M381" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382" t="s">
-        <v>2437</v>
+        <v>2439</v>
       </c>
       <c r="B382" t="s">
-        <v>2438</v>
+        <v>2440</v>
       </c>
       <c r="C382" t="s">
-        <v>2439</v>
+        <v>2441</v>
       </c>
       <c r="D382" t="s">
         <v>431</v>
       </c>
       <c r="E382" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F382" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="G382"/>
       <c r="H382" t="s">
-        <v>2400</v>
+        <v>2402</v>
       </c>
       <c r="I382" t="s">
-        <v>2401</v>
+        <v>2403</v>
       </c>
       <c r="J382" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="K382" t="s">
-        <v>2440</v>
+        <v>2442</v>
       </c>
       <c r="L382" t="s">
-        <v>2441</v>
+        <v>2443</v>
       </c>
       <c r="M382" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383"/>
       <c r="B383" t="s">
-        <v>2442</v>
+        <v>2444</v>
       </c>
       <c r="C383" t="s">
-        <v>2443</v>
+        <v>2445</v>
       </c>
       <c r="D383"/>
       <c r="E383" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F383" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="G383"/>
       <c r="H383" t="s">
-        <v>2444</v>
+        <v>2446</v>
       </c>
       <c r="I383" t="s">
-        <v>2445</v>
+        <v>1445</v>
       </c>
       <c r="J383" t="s">
-        <v>2446</v>
-[...1 lines deleted...]
-      <c r="K383"/>
+        <v>2447</v>
+      </c>
+      <c r="K383" t="s">
+        <v>2448</v>
+      </c>
       <c r="L383" t="s">
-        <v>2447</v>
+        <v>2449</v>
       </c>
       <c r="M383" t="s">
-        <v>2448</v>
+        <v>2450</v>
       </c>
       <c r="N383" t="s">
         <v>139</v>
       </c>
       <c r="O383" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384"/>
       <c r="B384" t="s">
-        <v>2449</v>
+        <v>2451</v>
       </c>
       <c r="C384" t="s">
-        <v>2450</v>
+        <v>2452</v>
       </c>
       <c r="D384" t="s">
         <v>841</v>
       </c>
       <c r="E384" t="s">
         <v>547</v>
       </c>
       <c r="F384" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
-        <v>2444</v>
+        <v>2446</v>
       </c>
       <c r="I384" t="s">
-        <v>2445</v>
+        <v>1445</v>
       </c>
       <c r="J384" t="s">
-        <v>2451</v>
+        <v>2453</v>
       </c>
       <c r="K384" t="s">
-        <v>2452</v>
+        <v>2454</v>
       </c>
       <c r="L384" t="s">
-        <v>2453</v>
+        <v>2455</v>
       </c>
       <c r="M384" t="s">
-        <v>2454</v>
+        <v>2456</v>
       </c>
       <c r="N384" t="s">
         <v>139</v>
       </c>
       <c r="O384" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385"/>
       <c r="B385" t="s">
-        <v>2455</v>
+        <v>2457</v>
       </c>
       <c r="C385" t="s">
-        <v>2456</v>
+        <v>2458</v>
       </c>
       <c r="D385" t="s">
-        <v>1705</v>
+        <v>1708</v>
       </c>
       <c r="E385"/>
       <c r="F385"/>
       <c r="G385"/>
       <c r="H385" t="s">
-        <v>2444</v>
+        <v>2446</v>
       </c>
       <c r="I385" t="s">
-        <v>2445</v>
+        <v>1445</v>
       </c>
       <c r="J385" t="s">
-        <v>2457</v>
+        <v>2459</v>
       </c>
       <c r="K385" t="s">
-        <v>2458</v>
+        <v>2460</v>
       </c>
       <c r="L385" t="s">
-        <v>2459</v>
+        <v>2461</v>
       </c>
       <c r="M385" t="s">
-        <v>2460</v>
+        <v>2462</v>
       </c>
       <c r="N385" t="s">
         <v>139</v>
       </c>
       <c r="O385" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386"/>
       <c r="B386" t="s">
-        <v>2461</v>
+        <v>2463</v>
       </c>
       <c r="C386" t="s">
-        <v>2462</v>
+        <v>2464</v>
       </c>
       <c r="D386" t="s">
         <v>18</v>
       </c>
       <c r="E386" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="F386" t="s">
-        <v>1630</v>
+        <v>1633</v>
       </c>
       <c r="G386"/>
       <c r="H386" t="s">
-        <v>2463</v>
+        <v>2465</v>
       </c>
       <c r="I386" t="s">
-        <v>2464</v>
+        <v>2466</v>
       </c>
       <c r="J386" t="s">
-        <v>2465</v>
+        <v>2467</v>
       </c>
       <c r="K386"/>
       <c r="L386" t="s">
-        <v>2466</v>
+        <v>2468</v>
       </c>
       <c r="M386" t="s">
-        <v>2467</v>
+        <v>2469</v>
       </c>
       <c r="N386" t="s">
         <v>139</v>
       </c>
       <c r="O386" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387"/>
       <c r="B387" t="s">
-        <v>2468</v>
+        <v>2470</v>
       </c>
       <c r="C387" t="s">
-        <v>2469</v>
+        <v>2471</v>
       </c>
       <c r="D387" t="s">
         <v>286</v>
       </c>
       <c r="E387" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F387" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="G387"/>
       <c r="H387" t="s">
-        <v>2400</v>
+        <v>2402</v>
       </c>
       <c r="I387" t="s">
-        <v>2401</v>
+        <v>2403</v>
       </c>
       <c r="J387" t="s">
         <v>1223</v>
       </c>
       <c r="K387" t="s">
-        <v>2470</v>
+        <v>2472</v>
       </c>
       <c r="L387" t="s">
-        <v>2471</v>
+        <v>2473</v>
       </c>
       <c r="M387" t="s">
-        <v>2472</v>
+        <v>2474</v>
       </c>
       <c r="N387" t="s">
         <v>139</v>
       </c>
       <c r="O387" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388" t="s">
-        <v>2473</v>
+        <v>2475</v>
       </c>
       <c r="B388" t="s">
-        <v>2474</v>
+        <v>2476</v>
       </c>
       <c r="C388" t="s">
-        <v>2475</v>
+        <v>2477</v>
       </c>
       <c r="D388" t="s">
         <v>44</v>
       </c>
       <c r="E388" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F388" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="G388"/>
       <c r="H388" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="I388" t="s">
-        <v>2477</v>
+        <v>2479</v>
       </c>
       <c r="J388" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="K388" t="s">
-        <v>2478</v>
+        <v>2480</v>
       </c>
       <c r="L388"/>
       <c r="M388" t="s">
-        <v>2479</v>
+        <v>2481</v>
       </c>
       <c r="N388" t="s">
         <v>130</v>
       </c>
       <c r="O388" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389"/>
       <c r="B389" t="s">
-        <v>2480</v>
+        <v>2482</v>
       </c>
       <c r="C389" t="s">
-        <v>2481</v>
+        <v>2483</v>
       </c>
       <c r="D389" t="s">
         <v>33</v>
       </c>
       <c r="E389" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="F389" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="G389"/>
       <c r="H389" t="s">
-        <v>2444</v>
+        <v>2446</v>
       </c>
       <c r="I389" t="s">
-        <v>2445</v>
+        <v>1445</v>
       </c>
       <c r="J389" t="s">
-        <v>1860</v>
+        <v>1863</v>
       </c>
       <c r="K389" t="s">
-        <v>2482</v>
+        <v>2484</v>
       </c>
       <c r="L389" t="s">
-        <v>2483</v>
+        <v>2485</v>
       </c>
       <c r="M389" t="s">
-        <v>2484</v>
+        <v>2486</v>
       </c>
       <c r="N389" t="s">
         <v>139</v>
       </c>
       <c r="O389" t="s">
-        <v>1393</v>
+        <v>1226</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">