--- v2 (2026-01-21)
+++ v3 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Proyectos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2487">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2506">
   <si>
     <t>Código - Título</t>
   </si>
   <si>
     <t>Nombre Proyecto</t>
   </si>
   <si>
     <t>Resumen</t>
   </si>
   <si>
     <t>Unidad</t>
   </si>
   <si>
     <t>Línea Prioritaria</t>
   </si>
   <si>
     <t>Sublínea Prioritaria</t>
   </si>
   <si>
     <t>Fuente de Financiamiento</t>
   </si>
   <si>
     <t>Fecha de Inicio</t>
   </si>
   <si>
@@ -6377,51 +6377,51 @@
     <t>Caracterizacion y evaluacion de establecimientos horticolas en el Partido de Mercedes, Provincia de Buenos Aires</t>
   </si>
   <si>
     <t>En el área de influencia de la Universidad Nacional de Moreno, se desarrollan actividades hortícolas en las regiones urbanas y periurbanas. Las mismas presentan diversas problemáticas, destacándose una alta incidencia de enfermedades y plagas que se combaten con el uso de agroquímicos, presencia de contaminantes de origen microbiológico en el suelo y el agua de riego, que pueden pasar a los productos cosechados. Se evidencia además degradación del suelo y pérdida de productividad del mismo por el manejo inapropiado. Un nuevo paradigma que puede brindar las bases para alcanzar las metas de la sustentabilidad y que resulta ampliamente aceptado es la agroecología. Los diseños agroecológicos son específicos del sitio, y lo que se puede replicar en otro sistema no son las técnicas, sino las interacciones ecológicas y sinergias que gobiernan la sostenibilidad. Esta forma de producción contribuye a la adopción de prácticas sustentables. El partido de Mercedes, lugar donde se realizará este proyecto, no cuenta con una caracterización de las prácticas hortícolas, si bien existen otros estudios en el país. Es por ello que este proyecto se propone evaluar los sistemas productivos hortícolas en el partido de Mercedes, conjuntamente con el INTA, caracterizando las prácticas productivas a nivel socioeconómico, parámetros físicos y microbiológicos del suelo, ensayos ecotoxicológicos con invertebrados y plantas terrestres y análisis del agua de riego. A partir de la información recopilada, se construirán indicadores, transversales a las dimensiones ambiental, social y económica, los que analizarán por la metodología del MESMIS. Se espera con el desarrollo del proyecto, poder generar información específica de las producciones hortícolas de la región de estudio para la adopción de prácticas sustentables que favorezcan el cuidado del ambiente y la producción de alimentos seguros.</t>
   </si>
   <si>
     <t>Alvarez, Marcela Alejandra (DCAYT) - Argüello, César Roberto (DCAYT) - Ostera, Juan Manuel  (DCAYT) - Barcos, Camila Julieta. Auxiliar estudiante (DCAYT) - Garay, Eliana Giselle. Auxiliar estudiante (DCAYT) - Morales Santa Cruz, Monserrat. Auxiliar estudiante (DCAYT)</t>
   </si>
   <si>
     <t>Agroecología- Hoticultura- Indicadores</t>
   </si>
   <si>
     <t>PICyDT-CAyT-08-2023 / PICyDT VIII UNM-2022</t>
   </si>
   <si>
     <t>Abordajes socioambientales de un tipo de actividad agropecuaria familiar: la pesca artesanal de la provincia de Buenos Aires: el caso del Paraná Inferior.</t>
   </si>
   <si>
     <t>La provincia de Buenos Aires, tiene una importante actividad pesquera, llamada como “artesanal” o “en pequeña escala” La pesca fluvial, es toda artesanal y se realiza en la baja cuenca del Paraná y el delta del Rio de La Plata. Se sustenta en la biodiversidad acuática, hábitats saludables esenciales como lugares de desove, criaderos y refugios para la estación seca y la conectividad entre estos hábitats, así como el mantenimiento de regímenes hidrológicos. Los principales factores que impulsan el descenso de la pesca continental se dan normalmente fuera del sector de la pesca, como la competencia por el uso de los recursos hídricos por otros sectores, el cambio en el uso de la tierra y la contaminación. El Enfoque Ecosistémico de las Pesquerías (EEP), está orientado a invertir el orden de las prioridades en la gestión, comenzando con el ecosistema en lugar de las especies objetivo. Esto implica considerar no solo al recurso explotado sino al ecosistema y los aspectos socioeconómicos vinculados con la actividad. No se cuenta con los suficientes estudios de relevamiento y caracterización especialmente para la pesca fluvial y menos en forma integrada desde el EEP.
 Se propone trabajar sobre 4 partidos del AMBA (Zarate, Campana, San Fernando y Tigre) en la baja cuenca del Rio Paraná desde Baradero al Tigre, con especial atención a los pescadores artesanales de la Zona de influencia del PN Ciervo de los Pantanos, teniendo en cuenta que están en la zona de amortiguamiento del PN. El objetivo principal será analizar las formas de manejo local de la pesca artesanal y el proceso de producción pesquera que se desarrolla en el Bajo Paraná, a fin de contribuir al diseño de formas de políticas públicas que propicien la sostenibilidad ecológica y social de la actividad. Para ello se realizarán campañas para realizar encuestas que permita identificar y caracterizar a las comunidades pesqueras y la determinación de calidad del producto respecto sustancias trazas.</t>
   </si>
   <si>
     <t>Alvarez, Marcela Alejandra (DCAYT)</t>
   </si>
   <si>
-    <t>Goñi, Verónica (DCAYT) - Loto, Luciana (DCAYT) - Maiorana, Miguel Angel (DCAYT) - Pereira, Pablo  (DCAYT) - Avila, Magali Ayelen Lujan. Auxiliar estudiante (DCAYT) - Avila, Maira. Auxiliar estudiante (DCAYT) - Berardi, Cintia Gisela. Auxiliar estudiante (DCAYT) - Diaz, Alejandra. Auxiliar graduada (DCAYT)</t>
+    <t>Goñi, Verónica (DCAYT) - Loto, Luciana (DCAYT) - Maiorana, Miguel Angel (DCAYT) - Pereira, Pablo  (DCAYT) - Avila, Magali Ayelen Lujan. Auxiliar estudiante (DCAYT) - Avila, Maira. Auxiliar estudiante (DCAYT) - Berardi, Cintia Gisela. Auxiliar estudiante (DCAYT) - Maffei, Luis Federico. Auxiliar estudiante (DCAYT) - Saldaña, Candela. Auxiliar estudiante (DCAYT) - Diaz, Alejandra. Auxiliar graduada (DCAYT)</t>
   </si>
   <si>
     <t>Pesca artesanal. Enfoque ecosistemico pesquero</t>
   </si>
   <si>
     <t>UNM-SdI 44/23 - Prórroga: UNM- SDI 06/25</t>
   </si>
   <si>
     <t>PICyDT-CAyT-09-2023 / PICyDT VIII UNM-2022</t>
   </si>
   <si>
     <t>Calidad del agua y gestión ambiental sustentable de la cuenca alta y media del río Reconquista</t>
   </si>
   <si>
     <t>Los ambientes acuáticos de la región metropolitana de Buenos Aires están sometidos a presiones humanas crecientes, como el vertido de aguas residuales domésticas e industriales que pueden degradar las condiciones locales de las aguas superficiales. Entender el grado de impacto que genera la contaminación es importante tanto para la investigación ecológica como para la toma de decisiones de manejo, ya que las mismas constituyen uno de los principales factores de cambio ecológico global. Ubicada en la llanura pampeana y construida en la confluencia de los arroyos La Choza, Durazno y La Horqueta, la represa Ing. Roggero da origen, en su desembocadura, al río Reconquista, segundo río más contaminado de la Argentina.
 A pesar de que existen numerosos estudios que evidencian condiciones de muy pobre calidad de agua, así como la presencia de numerosos contaminantes en las cuencas media y baja del río Reconquista, la información sobre la cuenca alta es escasa y fragmentada. Contar con información del estado actual de la calidad de agua de la cuenca alta y del embalse resulta, entonces, indispensable. En este sentido, el objetivo general de este plan de trabajo es determinar y analizar la calidad del agua de los afluentes que dan origen al embalse Ing. Roggero, la del embalse en sí y del primer tramo del río Reconquista. Un segundo paso es identificar las variables de calidad de agua más afectadas por el posible ingreso de aguas contaminadas en los afluentes y evaluar el posible efecto depurador de la represa. A mediano plazo, se planea elaborar un diagnóstico ambiental que brinde herramientas para la toma de decisiones para una gestión sustentable de la cuenca alta y media. Asimismo, se generarán recomendaciones para una gestión racional de los arroyos que alimentan al embalse, del embalse en sí, y de la biodiversidad que todos sustentan; incluyendo prácticas de remediación y prevención para la mejora de vida de la población aledaña y el uso sustentable del recurso acuático.</t>
   </si>
   <si>
     <t>Garcia, Victoria Julieta (DCAYT)</t>
   </si>
   <si>
     <t>Alvarez, Marcela Alejandra (DCAYT) - Barragan, Ayelen (DCAYT) - Ostera, Juan Manuel  (DCAYT) - Barberis, Agustina. Auxiliar estudiante (DCAYT) - Soñora, Matias Federico. Auxiliar estudiante (DCAYT)</t>
   </si>
   <si>
     <t>Gestión ambiental, Calidad de agua, Contaminación</t>
@@ -7207,51 +7207,51 @@
     <t>Este proyecto se propone trabajar en el ámbito territorial de la cuenca media del Río Reconquista, desde un enfoque multiactoral e interdisciplinario. Pretende identificar áreas de arroyos urbanos de la región con información actual georreferenciada, y seleccionar un caso ilustrativo para trabajar en el marco de las soluciones basadas en la naturaleza (SbN). Se propone diseñar metodologías participativas para la rehabilitación de arroyos, evaluando la percepción social de los ecosistemas por parte de actores locales, y generando iniciativas de difusión, valoración y rehabilitación comunitaria de sus funciones ecosistémicas, incluyendo la flora y fauna nativa asociada. Se propone la intervención en un afluente del arroyo Las Catonas, ubicado en el barrio Satélite del partido de Moreno.</t>
   </si>
   <si>
     <t>Pereira, Pablo  (DCAYT)</t>
   </si>
   <si>
     <t>Espinoza Almonacid, Luis (DCAYT) - Fevre, Mario Ignacio (DCAYT) - Lombardo, Lucia (DCAYT) - Loto, Luciana (DCAYT)</t>
   </si>
   <si>
     <t>arroyos urbanos, rehabilitación ecológica comunitaria, soluciones basadas en la naturaleza, investigación participativa, conservación de la biodiversidad urbana</t>
   </si>
   <si>
     <t>PICYDT-EYJ-01-2024 / PICyDT UNM IX 2023</t>
   </si>
   <si>
     <t>Inflación en Alimentos y Políticas de Reservas: Lecciones de la Historia y Perspectivas Actuales en Argentina</t>
   </si>
   <si>
     <t>En la actualidad, Argentina enfrenta una situación alarmante en términos de inflación en alimentos, siendo la más elevada de la región, lo que impacta reconfigurando la canasta de consumo de los hogares, los niveles de pobreza e inseguridad alimentaria de la población. Esta realidad se enmarca en una tendencia global de crecimiento constante en los precios de los alimentos y mayor volatilidad que comenzó a inicios del siglo XXI. Los Estados han desplegado una batería de políticas públicas para asegurar la seguridad alimentaria, lo que a su vez redefinió el rol de la agricultura y los precios relativos en cuanto a la distribución del ingreso. Si bien el precio de la energía y los alimentos presenta inflación a nivel mundial, buscamos profundizar en las respuestas de los Estados ante esta crisis para mantener la calidad de vida de los hogares. La magnitud del problema se ha visto exacerbada por diversos factores, como la pandemia mundial, la crisis energética desencadenada por los conflictos bélicos en zonas de producción con gran participación en la oferta de alimentos y energía. En este marco, la investigación profundizará sobre las medidas de intervención en el comercio internacional, como los aranceles a las importaciones y exportaciones actuales por producto para caracterizar las estrategias nacionales de seguridad alimentaria. Se realizará un análisis teórico de la implementación de reservas de alimentos a nivel nacional, en casos como en la India, China y Estados Unidas y en otros periodos históricos en Argentina.
 La metodología propuesta implica una sistematización de la literatura relevante, y el análisis a partir de la elaboración de indicadores económicos. Se espera entender las complejidades de la inflación en alimentos en Argentina, proporcionando reflexiones que puedan informar la formulación de políticas efectivas y sostenibles en el ámbito alimentario.</t>
   </si>
   <si>
     <t>Gonzalez Alvarisqueta , Maria Soledad (DCEYJ)</t>
   </si>
   <si>
-    <t>Contrera Suarez, Diego Alexis. Auxiliar estudiante (DCEYJ) - Rojo, Lucía Anabella. Auxiliar estudiante (DCEYJ) - Luna, Sebastian Ariel. Auxiliar graduado (DCEYJ) - Vassin, Cristian Andrés. Auxiliar estudiante</t>
+    <t>Contrera Suarez, Diego Alexis. Auxiliar estudiante (DCEYJ) - Rodriguez, Enzo. Auxiliar estudiante (DCEYJ) - Rojo, Lucía Anabella. Auxiliar estudiante (DCEYJ) - Luna, Sebastian Ariel. Auxiliar graduado (DCEYJ) - Vassin, Cristian Andrés. Auxiliar estudiante</t>
   </si>
   <si>
     <t>Inflación- Alimento- Argentina- Política pública- Reservas/Buffer Stock</t>
   </si>
   <si>
     <t>Arquitectas de Moreno</t>
   </si>
   <si>
     <t xml:space="preserve">En moreno hubo valiosas mujeres arquitectas que trabajaron en el territorio y fuera de el. Realizando obras emblemáticas. Hoy algunas de ellas se han demolido. Tal es el caso de la arquitecta Ana María Nicolai de Cairó, con obras de gran valor arquitectónico y gran parte de ellas hoy ya no están, quedando pocos datos para enriquecer y estudiar su labor arquitectónico.
 Como en toda historia de la arquitectura, las mujeres arquitectas de Moreno fueron invisibilizadas. Sus obras y pensamientos están ausentes en los libros, las revistas, la formación académica y programas de difusión donde se han promovido los maestros de la arquitectura. 
 El objetivo principal de este proyecto es recuperar desde una perspectiva de género la historia no contada de las arquitectas de Moreno; a través del re-mapeo de sus obras aplicando criterios e instrumentos del programa Nuestras Arquitectas (GADU IEH UBA). Esto permitirá sanar la memoria y visibilizar el aporte de las mujeres al territorio, la cultura y la arquitectura de Moreno. </t>
   </si>
   <si>
     <t>01/06/2024</t>
   </si>
   <si>
     <t>31/05/2026</t>
   </si>
   <si>
     <t>Castro, Maria Lorena (DCAYT)</t>
   </si>
   <si>
     <t>Daloria, Martin  (DCAYT) - Ranero, Maria Laura (DCAYT) - Moisset, Ines. Externa (Externo: Org. EXT) - Quiroga, Cecilia. Externa (Externo: Org. EXT)</t>
   </si>
   <si>
@@ -8647,51 +8647,51 @@
     <t>Las consecuencias ambientales del cambio climático son de gran relevancia y pueden derivar en desastres
 humanitarios. El aumento de la temperatura de la atmósfera y de los océanos genera graves modificaciones
 en los ecosistemas. Las consecuencias sobre las aguas continentales, si bien hay estudios al respecto,
 siempre se subestimaron debido a que representan menos del 6% de la superficie total de la tierra,
 desconociendo su rol como emisores o sumideros de gases de efecto invernadero. Sin embargo, en los
 últimos 15 años, como consecuencia del estudio publicado por Cole y colaboradores (2007), se han
 incrementado los estudios realizados en los mismos, los cuales nos van demostrando la importancia de estos
 ambientes acuáticos. Allí ocurren diversidad de procesos ecológicos y son fuente de agua potable para todos
 los seres vivos. Entre los procesos que allí ocurren nos vamos a centrar en el ciclo del carbono, más
 precisamente, en el metabolismo del carbono en aguas superficiales continentales. Estos procesos, otrora
 subestimados, nos van a permitir comprender, en parte, el funcionamiento del lago estudiado y modelar los
 posibles escenarios futuros. Para este trabajo nos proponemos realizar un balance de carbono para el embalse
 dique Roggero, y estimar de qué modo dicho balance, puede verse afectado por el cambio climático y por los
 cambios antrópicos que conducen a la reducción de las áreas buffer. Para ello, vamos a estimar
 estacionalmente los ingresos y egresos de carbono por los afluentes y su efluente respectivamente.
 Analizaremos también las áreas circundantes a este sector de la cuenca conocida como cuenca alta del Río
 Reconquista y analizaremos el agua de escorrentía superficial proveniente de las lluvias. Esto nos va a
 permitir conocer la materia orgánica que ingresa por lixiviación en sitios con diferentes usos del suelo. Con
 esta información podremos evaluar la posibilidad de generar áreas buffer que actúen como filtro del agua
 que ingresa de forma difusa.</t>
   </si>
   <si>
     <t>Padulles, Maria Luz (DCAYT)</t>
   </si>
   <si>
-    <t>Alvarez, Marcela Alejandra (DCAYT) - Garcia, Victoria Julieta (DCAYT) - Lombardo, Lucia (DCAYT) - Ostera, Juan Manuel  (DCAYT) - Messetta, Maria Laura. Externa (Externo: Org. EXT)</t>
+    <t>Alvarez, Marcela Alejandra (DCAYT) - Garcia, Victoria Julieta (DCAYT) - Lombardo, Lucia (DCAYT) - Ostera, Juan Manuel  (DCAYT) - Barragan, Ayelen. Auxiliar graduada (DCAYT) - Messetta, Maria Laura. Externa (Externo: Org. EXT)</t>
   </si>
   <si>
     <t>Cambio Climático Ciclo del Carbono Cuerpos de Agua Pampeanos Emisión de CO2 Sumidero</t>
   </si>
   <si>
     <t xml:space="preserve">   UNM-SDI 05/25                                                                                                                                                                                                                                               </t>
   </si>
   <si>
     <t>PICyDT-HyCS-01-2025 / PICyDT XI 2024</t>
   </si>
   <si>
     <t>Fenómenos variables en el español americano. Una propuesta de análisis desde la pragmática variacionista</t>
   </si>
   <si>
     <t>El proyecto de investigación presentado se propone abordar fenómenos específicos de variación diatópica y
 diastrática, en distintas variedades y géneros discursivos del español americano con especial énfasis en
 algunas variedades del español de Colombia, Paraguay y la Argentina. El estudio abordará tanto
 producciones orales como escritas lo que significará el desarrollo de estrategias metodológicas propias para
 el análisis de cada caso. En relación con el problema propuesto, el objetivo general del trabajo es el
 siguiente: analizar fenómenos de variación morfosintáctica a partir de su reconocimiento en distintas
 lenguas, en distintas variedades de una misma lengua, incluida la variedad estándar, y en diferentes tipos
 textuales con el fin de describir y explicar los usos hallados y su posible relación con el cambio lingüístico
 en progreso. Con este proyecto pretendemos contribuir a los trabajos iniciados en investigaciones anteriores
 relacionados con los usos variables y la conformación de variedades a partir de procesos migratorios. Estas
 investigaciones radicadas en el Programa Académico de Estudios Lingüísticos (PEL) constituyen los
@@ -8961,50 +8961,53 @@
   <si>
     <t>Optimización de un Workflow en Nextflow para el Análisis Taxonómico de Secuencias Completas de 16S y 18S mediante Secuenciación Nanopore</t>
   </si>
   <si>
     <t>Este proyecto busca optimizar un workflow en Nextflow para mejorar la precisión taxonómica en el análisis
 de secuencias completas de 16S/18S generadas por secuenciación Nanopore, superando las limitaciones de
 métodos actuales. Las altas tasas de error de Nanopore (5-15%) afectan la identificación de especies,
 especialmente en comunidades microbianas complejas. Los métodos rápidos (Emu, EPI2ME) priorizan
 velocidad pero pierden precisión, mientras que los basados en clustering (NanoCLUST) son precisos pero
 requieren recursos computacionales elevados. La propuesta integra un enfoque híbrido: combina clustering
 no supervisado (UMAP/HDBSCAN) para agrupar lecturas similares, corrección de errores mediante
 herramientas como Canu, Racon y Medaka, y clasificación taxonómica con BLAST contra bases de datos
 curadas (SILVA, RefSeq). El workflow se implementará en Nextflow para garantizar eficiencia,
 reproducibilidad y escalabilidad, reduciendo los requisitos computacionales frente a NanoCLUST. Se
 validará con datasets simulados (InSilicoSeq) y reales (microbiomas de suelo, muestras clínicas), evaluando
 sensibilidad, especificidad, tiempo de procesamiento y uso de recursos. Los resultados esperados incluyen:
 Un pipeline modular y accesible, distribuido en contenedores Docker. Mejora en la detección de taxones
 minoritarios (&lt;0.1%) y precisión a nivel de especie. Reducción de falsos positivos y distorsiones en perfiles
 de abundancia. Publicaciones científicas, tutoriales y un repositorio de datos para la comunidad. El impacto
 abarca aplicaciones en microbiología clínica (diagnóstico preciso de patógenos), ecología microbiana
 (estudios de biodiversidad) y biotecnología (optimización de microbiomas industriales). Además,
 democratiza el acceso a análisis avanzados al reducir barreras computacionales. El proyecto se ejecutará en
 12 meses, utilizando la supercomputadora TUPAC (CONICET) y equipos de secuenciación Nanopore</t>
   </si>
   <si>
+    <t>30/06/2026</t>
+  </si>
+  <si>
     <t>Garanzini, Débora Patricia (DCAYT) - Palacios , Carlos Adolfo (DCAYT) - Raibenberg, Fernando Claudio (DCAYT) - Ortiz, Barbara. Auxiliar graduada (DCAYT) - Tolentino Vásquez, Miguel Angel . Auxiliar graduado (DCAYT)</t>
   </si>
   <si>
     <t>Microbioma Diagnóstico molecular Biodiversidad Biotecnología Genómica ambiental</t>
   </si>
   <si>
     <t>PICYDT-CAyT-11-2025 / PICyDT XI 2024</t>
   </si>
   <si>
     <t>Optimización del proceso de purificación de proteinas de crisalidas utilizando el sistema de expresión de baculovirus y su aplicación en sistemas diagnóstico o vacunas.</t>
   </si>
   <si>
     <t>Este proyecto tiene como objetivo desarrollar un sistema de producción escalable de antígenos
 recombinantes utilizando crisálidas de insectos como biofábrica, basado en la plataforma baculovirusinsecto.
 La propuesta busca optimizar y escalar un proceso previamente validado en laboratorio para
 producir antígenos como NS1 del dengue y VP6 del rotavirus, utilizados en kits de diagnóstico serológico.
 El enfoque se dirige a pequeñas y medianas empresas (PyMEs), ofreciendo una solución biotecnológica de
 bajo costo y alta eficiencia, con un proceso accesible y replicable. La metodología incluirá la optimización
 de la cría de insectos, la infección con baculovirus, y la purificación de las proteínas. Además, se evaluará la
 calidad de los productos y se buscará su viabilidad comercial. Este enfoque, basado en la sostenibilidad y la
 eficiencia, busca fortalecer la biotecnología local y mejorar la accesibilidad a productos de diagnóstico
 innovadores.</t>
   </si>
   <si>
     <t>Curra, Anabella Paola (DCAYT) - Peralta, Andrea Verónica (DCAYT) - Tutti, Sofia. Auxiliar estudiante (DCAYT) - Lobo Gaitan, Florencia. Auxiliar graduada (DCAYT)</t>
@@ -9345,50 +9348,120 @@
 social.
 Las juventudes, si bien no están determinadas exclusivamente por la edad, constituyen un grupo
 poblacional, atravesado por múltiples dimensiones, relevante para el abordaje territorial. Este
 proyecto se propone, en relación con organizaciones e instituciones de la zona de influencia de la
 Universidad Nacional de Moreno (UNM), que presentan trayectorias en el abordaje de temáticas
 vinculadas a juventudes, relevar datos que profundicen el conocimiento al respecto y que
 posibiliten insumos en cuanto a la toma de decisiones y el desarrollo de intervenciones y políticas.
 Para esto se identificarán y/o construirán indicadores relativos a juventudes, se determinarán
 fuentes de datos primarias y secundarias, se establecerá el período y modo de
 relevamiento/monitoreo, y se acordará la forma de almacenamiento, sistematización, análisis y
 divulgación. 
 El programa de Estudio de Políticas Sociales del Departamento de Humanidades y Ciencias Sociales
 (UNM) aloja proyectos en relación al estudio de juventudes y de políticas sociales. Este PI se
 propone generar datos que sirvan para que este programa desarrolle además de conocimientos
 teóricos, insumos para la toma de decisiones, y propuestas para el fortalecimiento de políticas
 sociales situadas. </t>
   </si>
   <si>
     <t>Cáceres , Flavia Mariela (DHYCS) - Dondo, Maria Elena (DHYCS) - Miglino , Mónica Andrea (DHYCS) - Rodriguez, Lidia Isabel (DHYCS) - Rossi del Blanco, Mariana Cecilia (DHYCS) - Sverdlick, Maria Victoria (DHYCS)</t>
   </si>
   <si>
     <t>OBSERVATORIO; JUVENTUDES; DATOS; POLÍTICAS SITUADAS; TERRITORIO</t>
   </si>
   <si>
     <t xml:space="preserve">UNM-DHYCS 16/25                                                                                                                                                                                                                                                </t>
+  </si>
+  <si>
+    <t>PI-CAyT-01-2025</t>
+  </si>
+  <si>
+    <t>Sistema de calibración de medidores de concentración de CO2</t>
+  </si>
+  <si>
+    <t>La determinación de dióxido de carbono (CO2) es fundamental en distintas áreas de la
+industria y la ciencia, por ejemplo para el monitoreo de emisiones industriales, para
+aplicaciones científicas y para la determinación de la calidad de aire en ambientes cerrados.
+Este monitoreo se puede realizar por medio de sistemas basados en Internet de las Cosas
+que permiten tomar un dato, registrarlo y presentarlo amigablemente. El usuario puede
+tomar decisiones consistentes basadas en dichos registros para lo cual se requiere
+garantizar la calidad de las mediciones calibrando los sensores de CO2.
+La calibración es una operación que determina la relación entre la indicación del
+instrumento bajo estudio y el valor de los patrones utilizados en el proceso en condiciones
+específicas, documentando el error y calculando la incertidumbre de la medición. El
+intervalo de tiempo entre calibraciones difiere según la tecnología de cada instrumento.
+Este proyecto busca desarrollar un sistema de calibración de sensores de CO2. Se
+estudiarán distintas opciones para la calibración de sensores, se diseñará el sistema y se
+estudiarán los componentes a utilizar. El sistema podrá generar distintas concentraciones
+de CO2 de manera automática para luego comparar la indicación del instrumento de
+referencia y el objeto bajo estudio. Se incluye en el trabajo la lectura del display del
+instrumento de referencia mediante reconocimiento de caracteres.</t>
+  </si>
+  <si>
+    <t>20/04/2025</t>
+  </si>
+  <si>
+    <t>20/04/2026</t>
+  </si>
+  <si>
+    <t>Aguirre, Francisco. Auxiliar estudiante (DCEYJ) - Lopez, Ruben Ignacio. Auxiliar estudiante (DCAYT)</t>
+  </si>
+  <si>
+    <t>Automatización, calibración, metrología 4.0, reconocimiento de caracteres, sensores de CO2.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNM-DCAYT 37/25                                                                                                                                                                                                                                                </t>
+  </si>
+  <si>
+    <t>Sistema de ensayo de fuentes y baterías</t>
+  </si>
+  <si>
+    <t>Las fuentes electrónicas y las baterías son dispositivos fundamentales en la electrónica ya que proveen la energía para el funcionamiento de los circuitos y dispositivos electrónicos. En particular, la administración y suministro de la energía es esencial para garantizar y extender la autonomía de dispositivos de Internet de las Cosas (IoT). Existe una gran variedad de fuentes y baterías, y este trabajo se enfoca en aquellas más utilizadas en la actualidad, las fuentes conmutadas, los reguladores lineales, y las pilas de litio y NiMh (níquel-metalhidruro). Las pilas pueden ser recargables o de un solo uso. Los laboratorios universitarios, como el laboratorio de electrónica del Centro de innovación tecnológica (CIT) de la UNM, deben enfocarse en la solución de problemas complejos. Los diseños que se realizan en IoT deben ser rigurosamente evaluados en su conjunto e individualmente sus componentes. Por este motivo las fuentes y baterías utilizadas deben ser caracterizadas y ensayadas para su correcta utilización, selección y diseño. Este trabajo busca desarrollar un sistema de ensayo, que incluya el algoritmo de procesamiento y el cálculo de incertidumbre. El mismo permitirá determinar distintos parámetros característicos de las fuentes de alimentación y baterías, enfocadas particularmente en las características más importantes para IoT. Respecto a fuentes, se requiere caracterizar la distorsión de la tensión suministrada, la corriente en reposo de la fuente, su impedancia de salida y sus límites funcionales. En cuanto a las baterías y pilas, se requiere determinar su impedancia de salida, su capacidad y sus límites funcionales. Este sistema brindará una capacidad permanente para el laboratorio y permitirá estudiar los dispositivos diseñados o utilizados por el laboratorio. El sistema para fuentes estará basado en una fuente de alimentación programable para alimentar el dispositivo bajo estudio, adquisidores para medir la tensión y corriente, y cargas programables para establecer distintas condiciones de operación. El sistema de baterías estará compuesto por cargas activas y pasivas, adquisidores, y un registrador de tiempo.</t>
+  </si>
+  <si>
+    <t>Gayoso, Alberto. Auxiliar estudiante (DCAYT) - Portillo, Yael Ivan. Auxiliar estudiante (DCAYT)</t>
+  </si>
+  <si>
+    <t>Electrónica y desarrollo tecnológico, Electrónica aplicada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNM-DCAYT 39/24                                                                                                                                                                                                                                                </t>
+  </si>
+  <si>
+    <t>Herramientas para abordajes socioambientales de la pesca artesanal fluvial en la provincia de Buenos Aires</t>
+  </si>
+  <si>
+    <t>La pesca artesanal es reconocida, a nivel internacional y regional, como una importante actividad que contribuye a la seguridad alimentar, generación de trabajo y a la reproducción social de las comunidades de pescadores. El siguiente estudio se propone abordar la pesca artesanal fluvial en la provincia de Buenos Aires como un Sistema Socio-Ecológico, considerando aspectos ambientales, sociales y económicos, con especial énfasis en la participación de la mujer en las actividades pesqueras. Inicialmente los estudios se desarrollarán desde San Fernando a Baradero. Se caracterizarán las comunidades pesqueras locales, por medio de observación participativa, entrevistas y representación espacial de las actividades de pesca. Se construirán perfiles socioambientales para luego identificar los indicadores respectivos. Complementariamente se analizará la calidad de agua al que tienen acceso las comunidades de pescadores, como también la calidad de los productos pesqueros en relación a la presencia de xenobióticos (metales y metaloides). Con los resultados obtenidos se elaborarán recomendaciones para colocar a disposición de las comunidades de pescadores como de las autoridades de aplicación. La hipótesis central de este estudio es que la elaboración de indicadores socioambientales, y su aplicación, podría ser una herramienta clave para la discusión de políticas públicas enfocadas en el co-manejo de la pesca artesanal fluvial.</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>29/06/2026</t>
+  </si>
+  <si>
+    <t>Loto, Luciana (DCAYT) - Maccagno, Patricia del Valle (DCAYT) - Maiorana, Miguel Angel (DCAYT) - Pereira, Pablo  (DCAYT) - Volpedo, Alejandra Vanina (DCAYT) - Avila, Maira. Auxiliar estudiante (DCAYT) - Berardi, Cintia Gisela. Auxiliar estudiante (DCAYT)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -9691,51 +9764,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O389"/>
+  <dimension ref="A1:O392"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -18808,51 +18881,51 @@
       </c>
       <c r="J208" t="s">
         <v>1452</v>
       </c>
       <c r="K208" t="s">
         <v>1453</v>
       </c>
       <c r="L208"/>
       <c r="M208" t="s">
         <v>1438</v>
       </c>
       <c r="N208" t="s">
         <v>1112</v>
       </c>
       <c r="O208" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209"/>
       <c r="B209" t="s">
         <v>1454</v>
       </c>
       <c r="C209"/>
       <c r="D209" t="s">
-        <v>1276</v>
+        <v>865</v>
       </c>
       <c r="E209" t="s">
         <v>1284</v>
       </c>
       <c r="F209" t="s">
         <v>1285</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
         <v>1434</v>
       </c>
       <c r="I209" t="s">
         <v>1455</v>
       </c>
       <c r="J209" t="s">
         <v>1456</v>
       </c>
       <c r="K209" t="s">
         <v>1457</v>
       </c>
       <c r="L209"/>
       <c r="M209" t="s">
         <v>1438</v>
       </c>
       <c r="N209" t="s">
@@ -23098,51 +23171,51 @@
         <v>1499</v>
       </c>
       <c r="G308"/>
       <c r="H308" t="s">
         <v>2017</v>
       </c>
       <c r="I308" t="s">
         <v>2018</v>
       </c>
       <c r="J308" t="s">
         <v>2019</v>
       </c>
       <c r="K308" t="s">
         <v>2020</v>
       </c>
       <c r="L308" t="s">
         <v>2021</v>
       </c>
       <c r="M308" t="s">
         <v>2022</v>
       </c>
       <c r="N308" t="s">
         <v>139</v>
       </c>
       <c r="O308" t="s">
-        <v>1226</v>
+        <v>29</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309"/>
       <c r="B309" t="s">
         <v>2023</v>
       </c>
       <c r="C309" t="s">
         <v>2024</v>
       </c>
       <c r="D309" t="s">
         <v>18</v>
       </c>
       <c r="E309"/>
       <c r="F309"/>
       <c r="G309"/>
       <c r="H309" t="s">
         <v>1440</v>
       </c>
       <c r="I309" t="s">
         <v>1435</v>
       </c>
       <c r="J309" t="s">
         <v>2025</v>
       </c>
@@ -25229,51 +25302,51 @@
       </c>
       <c r="F357" t="s">
         <v>1376</v>
       </c>
       <c r="G357"/>
       <c r="H357" t="s">
         <v>2303</v>
       </c>
       <c r="I357" t="s">
         <v>2304</v>
       </c>
       <c r="J357" t="s">
         <v>742</v>
       </c>
       <c r="K357" t="s">
         <v>2305</v>
       </c>
       <c r="L357"/>
       <c r="M357" t="s">
         <v>2306</v>
       </c>
       <c r="N357" t="s">
         <v>130</v>
       </c>
       <c r="O357" t="s">
-        <v>1226</v>
+        <v>29</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358"/>
       <c r="B358" t="s">
         <v>2307</v>
       </c>
       <c r="C358" t="s">
         <v>2308</v>
       </c>
       <c r="D358" t="s">
         <v>380</v>
       </c>
       <c r="E358" t="s">
         <v>1344</v>
       </c>
       <c r="F358" t="s">
         <v>1345</v>
       </c>
       <c r="G358"/>
       <c r="H358" t="s">
         <v>1761</v>
       </c>
       <c r="I358" t="s">
         <v>1391</v>
@@ -26144,541 +26217,666 @@
     </row>
     <row r="378" spans="1:15">
       <c r="A378" t="s">
         <v>2419</v>
       </c>
       <c r="B378" t="s">
         <v>2420</v>
       </c>
       <c r="C378" t="s">
         <v>2421</v>
       </c>
       <c r="D378" t="s">
         <v>183</v>
       </c>
       <c r="E378" t="s">
         <v>1375</v>
       </c>
       <c r="F378" t="s">
         <v>1557</v>
       </c>
       <c r="G378"/>
       <c r="H378" t="s">
         <v>2402</v>
       </c>
       <c r="I378" t="s">
-        <v>2085</v>
+        <v>2422</v>
       </c>
       <c r="J378" t="s">
         <v>2049</v>
       </c>
       <c r="K378" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="L378" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="M378" t="s">
         <v>2406</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379" t="s">
-        <v>2424</v>
+        <v>2425</v>
       </c>
       <c r="B379" t="s">
-        <v>2425</v>
+        <v>2426</v>
       </c>
       <c r="C379" t="s">
-        <v>2426</v>
+        <v>2427</v>
       </c>
       <c r="D379" t="s">
         <v>358</v>
       </c>
       <c r="E379" t="s">
         <v>1375</v>
       </c>
       <c r="F379" t="s">
         <v>1376</v>
       </c>
       <c r="G379"/>
       <c r="H379" t="s">
         <v>2402</v>
       </c>
       <c r="I379" t="s">
         <v>2403</v>
       </c>
       <c r="J379" t="s">
         <v>526</v>
       </c>
       <c r="K379" t="s">
-        <v>2427</v>
+        <v>2428</v>
       </c>
       <c r="L379" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="M379" t="s">
         <v>2406</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
       <c r="B380" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
       <c r="C380" t="s">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="D380" t="s">
         <v>358</v>
       </c>
       <c r="E380" t="s">
         <v>1375</v>
       </c>
       <c r="F380" t="s">
         <v>1376</v>
       </c>
       <c r="G380"/>
       <c r="H380" t="s">
         <v>2402</v>
       </c>
       <c r="I380" t="s">
         <v>2403</v>
       </c>
       <c r="J380" t="s">
         <v>742</v>
       </c>
       <c r="K380" t="s">
-        <v>2432</v>
+        <v>2433</v>
       </c>
       <c r="L380" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
       <c r="M380" t="s">
         <v>2406</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381" t="s">
-        <v>2434</v>
+        <v>2435</v>
       </c>
       <c r="B381" t="s">
-        <v>2435</v>
+        <v>2436</v>
       </c>
       <c r="C381" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="D381" t="s">
         <v>439</v>
       </c>
       <c r="E381" t="s">
         <v>1300</v>
       </c>
       <c r="F381" t="s">
         <v>1304</v>
       </c>
       <c r="G381"/>
       <c r="H381" t="s">
         <v>2402</v>
       </c>
       <c r="I381" t="s">
         <v>2403</v>
       </c>
       <c r="J381" t="s">
         <v>1842</v>
       </c>
       <c r="K381" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="L381" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
       <c r="M381" t="s">
         <v>2406</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
       <c r="B382" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="C382" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="D382" t="s">
         <v>431</v>
       </c>
       <c r="E382" t="s">
         <v>1300</v>
       </c>
       <c r="F382" t="s">
         <v>1301</v>
       </c>
       <c r="G382"/>
       <c r="H382" t="s">
         <v>2402</v>
       </c>
       <c r="I382" t="s">
         <v>2403</v>
       </c>
       <c r="J382" t="s">
         <v>1302</v>
       </c>
       <c r="K382" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
       <c r="L382" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
       <c r="M382" t="s">
         <v>2406</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383"/>
       <c r="B383" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="C383" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
       <c r="D383"/>
       <c r="E383" t="s">
         <v>1344</v>
       </c>
       <c r="F383" t="s">
         <v>1535</v>
       </c>
       <c r="G383"/>
       <c r="H383" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
       <c r="I383" t="s">
         <v>1445</v>
       </c>
       <c r="J383" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
       <c r="K383" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="L383" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
       <c r="M383" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="N383" t="s">
         <v>139</v>
       </c>
       <c r="O383" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384"/>
       <c r="B384" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
       <c r="C384" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="D384" t="s">
         <v>841</v>
       </c>
       <c r="E384" t="s">
         <v>547</v>
       </c>
       <c r="F384" t="s">
         <v>1653</v>
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
       <c r="I384" t="s">
         <v>1445</v>
       </c>
       <c r="J384" t="s">
-        <v>2453</v>
+        <v>2454</v>
       </c>
       <c r="K384" t="s">
-        <v>2454</v>
+        <v>2455</v>
       </c>
       <c r="L384" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="M384" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="N384" t="s">
         <v>139</v>
       </c>
       <c r="O384" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385"/>
       <c r="B385" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
       <c r="C385" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="D385" t="s">
         <v>1708</v>
       </c>
       <c r="E385"/>
       <c r="F385"/>
       <c r="G385"/>
       <c r="H385" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
       <c r="I385" t="s">
         <v>1445</v>
       </c>
       <c r="J385" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
       <c r="K385" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="L385" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
       <c r="M385" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
       <c r="N385" t="s">
         <v>139</v>
       </c>
       <c r="O385" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386"/>
       <c r="B386" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
       <c r="C386" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="D386" t="s">
         <v>18</v>
       </c>
       <c r="E386" t="s">
         <v>1329</v>
       </c>
       <c r="F386" t="s">
         <v>1633</v>
       </c>
       <c r="G386"/>
       <c r="H386" t="s">
-        <v>2465</v>
+        <v>2466</v>
       </c>
       <c r="I386" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
       <c r="J386" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
       <c r="K386"/>
       <c r="L386" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
       <c r="M386" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
       <c r="N386" t="s">
         <v>139</v>
       </c>
       <c r="O386" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387"/>
       <c r="B387" t="s">
-        <v>2470</v>
+        <v>2471</v>
       </c>
       <c r="C387" t="s">
-        <v>2471</v>
+        <v>2472</v>
       </c>
       <c r="D387" t="s">
         <v>286</v>
       </c>
       <c r="E387" t="s">
         <v>1344</v>
       </c>
       <c r="F387" t="s">
         <v>1535</v>
       </c>
       <c r="G387"/>
       <c r="H387" t="s">
         <v>2402</v>
       </c>
       <c r="I387" t="s">
         <v>2403</v>
       </c>
       <c r="J387" t="s">
         <v>1223</v>
       </c>
       <c r="K387" t="s">
-        <v>2472</v>
+        <v>2473</v>
       </c>
       <c r="L387" t="s">
-        <v>2473</v>
+        <v>2474</v>
       </c>
       <c r="M387" t="s">
-        <v>2474</v>
+        <v>2475</v>
       </c>
       <c r="N387" t="s">
         <v>139</v>
       </c>
       <c r="O387" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388" t="s">
-        <v>2475</v>
+        <v>2476</v>
       </c>
       <c r="B388" t="s">
-        <v>2476</v>
+        <v>2477</v>
       </c>
       <c r="C388" t="s">
-        <v>2477</v>
+        <v>2478</v>
       </c>
       <c r="D388" t="s">
         <v>44</v>
       </c>
       <c r="E388" t="s">
         <v>1300</v>
       </c>
       <c r="F388" t="s">
         <v>1304</v>
       </c>
       <c r="G388"/>
       <c r="H388" t="s">
-        <v>2478</v>
+        <v>2479</v>
       </c>
       <c r="I388" t="s">
-        <v>2479</v>
+        <v>2480</v>
       </c>
       <c r="J388" t="s">
         <v>1936</v>
       </c>
       <c r="K388" t="s">
-        <v>2480</v>
+        <v>2481</v>
       </c>
       <c r="L388"/>
       <c r="M388" t="s">
-        <v>2481</v>
+        <v>2482</v>
       </c>
       <c r="N388" t="s">
         <v>130</v>
       </c>
       <c r="O388" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389"/>
       <c r="B389" t="s">
-        <v>2482</v>
+        <v>2483</v>
       </c>
       <c r="C389" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
       <c r="D389" t="s">
         <v>33</v>
       </c>
       <c r="E389" t="s">
         <v>1284</v>
       </c>
       <c r="F389" t="s">
         <v>1285</v>
       </c>
       <c r="G389"/>
       <c r="H389" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
       <c r="I389" t="s">
         <v>1445</v>
       </c>
       <c r="J389" t="s">
         <v>1863</v>
       </c>
       <c r="K389" t="s">
-        <v>2484</v>
+        <v>2485</v>
       </c>
       <c r="L389" t="s">
-        <v>2485</v>
+        <v>2486</v>
       </c>
       <c r="M389" t="s">
-        <v>2486</v>
+        <v>2487</v>
       </c>
       <c r="N389" t="s">
         <v>139</v>
       </c>
       <c r="O389" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="390" spans="1:15">
+      <c r="A390" t="s">
+        <v>2488</v>
+      </c>
+      <c r="B390" t="s">
+        <v>2489</v>
+      </c>
+      <c r="C390" t="s">
+        <v>2490</v>
+      </c>
+      <c r="D390" t="s">
+        <v>358</v>
+      </c>
+      <c r="E390" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F390" t="s">
+        <v>2083</v>
+      </c>
+      <c r="G390"/>
+      <c r="H390" t="s">
+        <v>2491</v>
+      </c>
+      <c r="I390" t="s">
+        <v>2492</v>
+      </c>
+      <c r="J390" t="s">
+        <v>366</v>
+      </c>
+      <c r="K390" t="s">
+        <v>2493</v>
+      </c>
+      <c r="L390" t="s">
+        <v>2494</v>
+      </c>
+      <c r="M390" t="s">
+        <v>2495</v>
+      </c>
+      <c r="N390" t="s">
+        <v>139</v>
+      </c>
+      <c r="O390" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="391" spans="1:15">
+      <c r="A391"/>
+      <c r="B391" t="s">
+        <v>2496</v>
+      </c>
+      <c r="C391" t="s">
+        <v>2497</v>
+      </c>
+      <c r="D391" t="s">
+        <v>358</v>
+      </c>
+      <c r="E391" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F391" t="s">
+        <v>2083</v>
+      </c>
+      <c r="G391"/>
+      <c r="H391" t="s">
+        <v>1434</v>
+      </c>
+      <c r="I391" t="s">
+        <v>2447</v>
+      </c>
+      <c r="J391" t="s">
+        <v>366</v>
+      </c>
+      <c r="K391" t="s">
+        <v>2498</v>
+      </c>
+      <c r="L391" t="s">
+        <v>2499</v>
+      </c>
+      <c r="M391" t="s">
+        <v>2500</v>
+      </c>
+      <c r="N391" t="s">
+        <v>139</v>
+      </c>
+      <c r="O391" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="392" spans="1:15">
+      <c r="A392"/>
+      <c r="B392" t="s">
+        <v>2501</v>
+      </c>
+      <c r="C392" t="s">
+        <v>2502</v>
+      </c>
+      <c r="D392" t="s">
+        <v>123</v>
+      </c>
+      <c r="E392"/>
+      <c r="F392"/>
+      <c r="G392"/>
+      <c r="H392" t="s">
+        <v>2503</v>
+      </c>
+      <c r="I392" t="s">
+        <v>2504</v>
+      </c>
+      <c r="J392" t="s">
+        <v>1823</v>
+      </c>
+      <c r="K392" t="s">
+        <v>2505</v>
+      </c>
+      <c r="L392"/>
+      <c r="M392" t="s">
+        <v>1027</v>
+      </c>
+      <c r="N392" t="s">
+        <v>165</v>
+      </c>
+      <c r="O392" t="s">
         <v>1226</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>